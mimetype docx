--- v0 (2025-11-04)
+++ v1 (2026-01-07)
@@ -1,580 +1,612 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="008E693D" w:rsidRPr="008E693D" w:rsidRDefault="008E693D" w:rsidP="008E693D">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00AF5167" w:rsidRDefault="00602A0E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="008E693D">
-[...70 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5167">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.03.2015года в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5167">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Железинской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5167">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> централ</w:t>
+      </w:r>
+      <w:r w:rsidR="00833CFC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ьной районной больнице состоялось </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5167">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заседание медицинского совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF5167" w:rsidRPr="00833CFC" w:rsidRDefault="00AF5167">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF5167" w:rsidRPr="00833CFC" w:rsidRDefault="00AF5167">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008E693D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00833CFC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00AF5167" w:rsidRPr="009E2186" w:rsidRDefault="008E693D" w:rsidP="00AF5167">
+        </w:rPr>
+        <w:t xml:space="preserve">                                 План медицинского совета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF5167" w:rsidRDefault="00AF5167" w:rsidP="00AF5167">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...51 lines deleted...]
-    <w:p w:rsidR="008E693D" w:rsidRPr="009E2186" w:rsidRDefault="008E693D" w:rsidP="009E2186">
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Скрининги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по детскому и взрослому населению за март 2015года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF5167" w:rsidRDefault="00AF5167" w:rsidP="00AF5167">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...77 lines deleted...]
-    <w:p w:rsidR="009E2186" w:rsidRPr="009E2186" w:rsidRDefault="009E2186" w:rsidP="00E46AF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О готовности ЛПО района на случай возникновения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОоКи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, о ходе выполнения СП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF5167" w:rsidRDefault="00AF5167" w:rsidP="00AF5167">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« Санитарно – эпидемиологические требования к организации и проведению санитарно – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>противоэпидемических</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (профилактических)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF5167" w:rsidRDefault="00AF5167" w:rsidP="00AF5167">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мероприятий по предупреждению особо опасных инфекционных заболеваний» утв. ППРК № 1476 от 06.12.2011г; СП Санитарно – эпидемиологические требования к организации и проведению санитарно – противоэпидемических </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">профилактических) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E46AF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мероприятий ( чумы, холеры) утв. ППРК № 32 от 12.01.2012г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46AF8" w:rsidRDefault="00E46AF8" w:rsidP="00E46AF8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00E46AF8" w:rsidRPr="009E2186" w:rsidRDefault="009E2186" w:rsidP="009E2186">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О работе лечебно – профилактических организаций по бесплатному лекарственному обеспечению за март 2015г</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46AF8" w:rsidRDefault="00E46AF8" w:rsidP="00E46AF8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00E46AF8" w:rsidRPr="009E2186" w:rsidRDefault="009E2186" w:rsidP="00E46AF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анализ состояния младенческой и детской смертности за 1 квартал 2015года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46AF8" w:rsidRDefault="00E46AF8" w:rsidP="00E46AF8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00E46AF8" w:rsidRPr="009E2186" w:rsidRDefault="009E2186" w:rsidP="009E2186">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О состоянии онкологической службы за 1 квартал 2015года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46AF8" w:rsidRDefault="00E46AF8" w:rsidP="00E46AF8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00E46AF8" w:rsidRDefault="009E2186" w:rsidP="00E46AF8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анализ противотуберкулезной службы за 1 квартал 2015г с аналогичным периодом 2014г</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E126D" w:rsidRDefault="00E46AF8" w:rsidP="002E126D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...52 lines deleted...]
-        <w:ind w:firstLine="255"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Анализ состояния </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002E126D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>флюрокартотек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E126D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, исполнения плана  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002E126D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>флюро</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E126D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002E126D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002E126D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E126D" w:rsidRDefault="002E126D" w:rsidP="002E126D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7.Оздоровление юношей 1998года (приписка) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E126D" w:rsidRDefault="002E126D" w:rsidP="002E126D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. Анализ внештатных ситуаций по БГ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E126D" w:rsidRPr="00833CFC" w:rsidRDefault="002E126D" w:rsidP="002E126D">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00833CFC">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Семинар</w:t>
-[...19 lines deleted...]
-    <w:p w:rsidR="006B2088" w:rsidRDefault="006B2088" w:rsidP="009E2186">
+        <w:t xml:space="preserve">Семинары: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F05B10" w:rsidRPr="006B2088" w:rsidRDefault="006B2088" w:rsidP="006B2088">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="009E2186">
-[...5 lines deleted...]
-        <w:t>ӨІЖ ескерту бойынша санитарлы</w:t>
+      <w:r w:rsidR="002E126D" w:rsidRPr="006B2088">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организация и проведение – санитарно – </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="009E2186">
-[...5 lines deleted...]
-        <w:t>қ-</w:t>
+      <w:r w:rsidR="002E126D" w:rsidRPr="006B2088">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прот</w:t>
+      </w:r>
+      <w:r w:rsidR="00F05B10" w:rsidRPr="006B2088">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иво</w:t>
+      </w:r>
+      <w:r w:rsidR="002E126D" w:rsidRPr="006B2088">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эпидемических</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="009E2186">
-[...28 lines deleted...]
-      <w:r w:rsidR="006B2088" w:rsidRPr="009E2186">
+      <w:r w:rsidR="002E126D" w:rsidRPr="006B2088">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00F05B10" w:rsidRPr="006B2088">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00833CFC" w:rsidRPr="009E2186" w:rsidRDefault="00833CFC" w:rsidP="002E126D">
+    <w:p w:rsidR="006B2088" w:rsidRDefault="00F05B10" w:rsidP="002E126D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ( профилактических)  м</w:t>
+      </w:r>
+      <w:r w:rsidR="00833CFC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ероприятий</w:t>
+      </w:r>
+      <w:r w:rsidR="00A47D67">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по предупреждению </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A47D67">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оо</w:t>
+      </w:r>
+      <w:r w:rsidR="00833CFC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иКИ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006B2088">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E126D" w:rsidRDefault="006B2088" w:rsidP="002E126D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     2 Методика сбора мокроты.</w:t>
+      </w:r>
+      <w:r w:rsidR="00833CFC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00833CFC" w:rsidRPr="00833CFC" w:rsidRDefault="00833CFC" w:rsidP="002E126D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00833CFC" w:rsidRPr="009E2186" w:rsidSect="00756E2D">
+    <w:sectPr w:rsidR="00833CFC" w:rsidRPr="00833CFC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -769,70 +801,66 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AF5167"/>
-    <w:rsid w:val="00205D87"/>
+    <w:rsid w:val="001C6777"/>
     <w:rsid w:val="002E126D"/>
     <w:rsid w:val="00345EE1"/>
     <w:rsid w:val="00602A0E"/>
     <w:rsid w:val="006B2088"/>
-    <w:rsid w:val="00756E2D"/>
     <w:rsid w:val="00833CFC"/>
-    <w:rsid w:val="008E693D"/>
-    <w:rsid w:val="009E2186"/>
     <w:rsid w:val="00A47D67"/>
     <w:rsid w:val="00AF5167"/>
     <w:rsid w:val="00E46AF8"/>
-    <w:rsid w:val="00ED4DCA"/>
     <w:rsid w:val="00F05B10"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
@@ -1514,66 +1542,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>194</Words>
-  <Characters>1106</Characters>
+  <Words>203</Words>
+  <Characters>1163</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1298</CharactersWithSpaces>
+  <CharactersWithSpaces>1364</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Глмедсестр</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>