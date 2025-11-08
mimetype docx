--- v0 (2025-10-09)
+++ v1 (2025-11-08)
@@ -1,9673 +1,8394 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D" w:rsidP="00EE525D">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="001A32E4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Б» корпусы бос мемлекеттік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="001A32E4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әкімшілік лауазымдарына орналасуға жалпы конкурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="001A32E4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы хабарландыру (төменгі лауазым)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="001A32E4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="001A32E4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы конкурс қатысушыларына қойылатын ортақ біліктілік талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="001A32E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D-О-4**** санаты үшін: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білімі, «Б» корпусының мемлекеттік әкімшілік лауазымдарына үлгілік біліктілік талаптарын бекіту туралы» Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрағасының 2016 жылғы 13 желтоқсандағы № 85 бұйрығына өзгеріс енгізу туралы» Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрағасының 2017 жылғы 10 мамырдағы №98 бұйрығына сәйкес жұмыс  тәжірибесі  талап етілмейді.**** </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="001A32E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>D-О-4**** санаты үшін</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ar-SA"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...319 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ынадай құзыреттердің бар болуы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бастамалық, адамдармен тіл табысуы, аналитикалық, ұйымдастырушылық, әдептілік, сапаға бағдарлану, тұтынушыға бағдарлану, сыбайлас жемқорлыққа төзбеушілік. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="001A32E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:bottomFromText="200" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="113"/>
-        <w:tblW w:w="9675" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="113"/>
+        <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="30" w:type="dxa"/>
           <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2442"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="2440"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="3509"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="281"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2440" w:type="dxa"/>
-            <w:tcBorders>
-[...64 lines deleted...]
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="002B5A4F">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="132"/>
                 <w:tab w:val="left" w:pos="6663"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="567"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7053" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="132"/>
+                <w:tab w:val="left" w:pos="6663"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="522"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>В зависимости от выслуги лет</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
             </w:r>
+            <w:r w:rsidRPr="00570CA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00570CA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сiңiрген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00570CA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00570CA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдарын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00570CA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а байланысты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="132"/>
+                <w:tab w:val="left" w:pos="6663"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="522"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2440" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="002B5A4F">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
-                <w:tab w:val="left" w:pos="959"/>
-[...9 lines deleted...]
-                <w:tab w:val="left" w:pos="9590"/>
+                <w:tab w:val="left" w:pos="6663"/>
               </w:tabs>
-              <w:suppressAutoHyphens/>
-[...7 lines deleted...]
-                <w:kern w:val="2"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="1134"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="002B5A4F">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
                 <w:tab w:val="left" w:pos="766"/>
                 <w:tab w:val="left" w:pos="908"/>
                 <w:tab w:val="left" w:pos="1426"/>
                 <w:tab w:val="left" w:pos="1918"/>
                 <w:tab w:val="left" w:pos="2877"/>
                 <w:tab w:val="left" w:pos="3836"/>
                 <w:tab w:val="left" w:pos="4795"/>
                 <w:tab w:val="left" w:pos="5754"/>
                 <w:tab w:val="left" w:pos="6713"/>
                 <w:tab w:val="left" w:pos="7672"/>
                 <w:tab w:val="left" w:pos="8631"/>
                 <w:tab w:val="left" w:pos="9590"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+            <w:tcW w:w="3509" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="002B5A4F">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
-                <w:tab w:val="left" w:pos="1426"/>
-[...10 lines deleted...]
-                <w:tab w:val="left" w:pos="9590"/>
+                <w:tab w:val="left" w:pos="6663"/>
               </w:tabs>
-              <w:suppressAutoHyphens/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="1134"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:kern w:val="2"/>
-[...9 lines deleted...]
-                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>max</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2440" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          </w:tcPr>
+          <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="002B5A4F">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="132"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          </w:tcPr>
+          <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+            <w:tcW w:w="3509" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>112430,81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D" w:rsidP="00EE525D">
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="001A32E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="001A32E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>****Ескерту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:  Мемлекеттік органның штат кестесінде D-O-4 лауазым төменгі болған жағдайда, онда жұмыс тәжірибесі талап етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="001A32E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>*</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A32E4" w:rsidRDefault="001A32E4" w:rsidP="001A32E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар облысы денсаулық сақтау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басқарма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» ММ 140000, Павлодар қ., Иса Байзақов көш. 151/2, 305-кабинет, анықтама үшін телефоны: 8 (7182) 67-53-10, электрондық мекенжайы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>kense.dz@pavlodar.gov.kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Б» корпусы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос әкімшілік мемлекеттік лауазымдарына орналасуға  жалпы конкурс жариялайды: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="001A32E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="001A32E4">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы денсаулық сақтау басқармасы </w:t>
+      </w:r>
+      <w:r w:rsidR="0026216A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік сатып алулар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөлімінің бас маманы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">санаты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>D-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О-4»****, лауазым индексі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="0026216A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>-01-</w:t>
+      </w:r>
+      <w:r w:rsidR="0026216A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="001A32E4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A32E4" w:rsidRPr="00570CA3" w:rsidRDefault="001A32E4" w:rsidP="001A32E4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функционалдық міндеттері: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A32E4" w:rsidRDefault="00B90F87" w:rsidP="00B90F87">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Облыстың денсаулық сақтау басқармасында мемлекеттік сатып алулар мониторингін жүзеге асыру. Облыстың денсаулық сақтау басқармасына қарасты медициналық ұйымдарында мемлекеттік сатып алулар мониторингін жүзеге асыру. Тапсырылған құжаттарды сапалы және уақытылы орындалуын іске асыру. Облыс денсаулық сақтау басқармасында Қазақстан респаубликасының «Мемлекеттік сатып алулар туралы» заңнамасына сәйкес республикалық және облыстық бюджеттер қаражаты есебінен жүзеге асырылатын тауарларды, жұмысты және қызметтерді мемлекеттік сатып алулар шараларын ұйымдастыру және өткізу. Қазақстан Республикасы Денсаулық сақтау министрлігіне және басқа да құзыретті органдарға медициналық ұйымдар үшін, медициналық, технологиялық жабдықтарды және автокөліктерді мемлекеттік сатып алу бойынша облыстық және республикалық бағдарламалар мониторингі бойынша ақпарат ұсыну. Басқармаға қарасты ұйымдардың шегінде МС-1 (тауарларды, жұмысты және қызметтерді сатып алу) нысаны бойынша ай сайынғы статистикалық есеп жиынтын мониторингілеу және әзірлеуін іске асыру.  «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Облыстық бюджеттерге, Астана және Алматы қалаларының бюджеттеріне жергілікті деңгейдегі ағымдағы нысаналы трансферттер», «Денсаулық сақтаудағы мемлекеттік органдардың күрделі шығындары» бағдарламалары бойынша қаржыландыру жоспарларын әзірлеу және құру.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тауарларды, жұмысты және қызметтерді мемлекеттік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>сатып алуларды өткізуде басқармаға қарасты ұйымдарға әдістемелік көмек көрсету. Сұрауларды және жауаптарды әзірлеу, басқармаға қарасты ұйымдармен және басқа да мемлекеттік органдармен хат алмасуды іске асыру. Қызмет бағыттары бойынша жеке және заңды тұлғалардың өтініштерін қарастыру. Басқарма басшысының, басқарма басшысының орынбасарларының, мемлекеттік сатып алу бөлімі басшысының бұйрықтарын, жұмыс тапсырмаларын орындау. Бөлім жұмысын жетілдіру. Қызығушылық шиеленіске жол бермеу шараларын қолдану. Заңнамамен бекітілген, қызметтік этика нормаларын сақтау. Номенклатуралық папкаларды жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысушыға қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="004970C7" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оғары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құқықтану, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әлеуметтік ғылымдар, экономика және бизнес саласында (экономика, есеп және аудит, қаржы, </w:t>
+      </w:r>
+      <w:r w:rsidR="002D7D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>заңгерлік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы конкурсқа қатысу үшін мынадай құжаттар тапсырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Қағидалардың 2-қосымшасына сәйкес нысандағы өтініш; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) 3х4 үлгідегі түрлі түсті суретпен осы Қағидаларға 3-қосымшаға сәйкес нысанда толтырылған «Б» корпусының әкімшілік мемлекеттік лауазымына кандидаттың қызметтiк тiзiмі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) бiлiмi туралы құжаттар мен олардың көшірмелерінің нотариалдық куәландырылған көшiрмелерi; «Болашақ» халықаралық стипендиясын иеленуші, сондай-ақ өзара тану және баламалылығы туралы халықаралық шарттардың қолдану аясына жататын Қазақстан Республикасының азаматтарына шетелдік жоғары оқу орындары, ғылыми орталықтары мен зертханалары берген білім туралы құжаттарды қоспағанда, Қазақстан Республикасы азаматтарының шетелдік білім беру ұйымдарында алған білімі туралы құжаттарының көшiрмелерiне білім беру саласындағы уәкілетті орган берген аталған бiлiмi туралы құжаттарды нострификациялау немесе тану куәліктерінің көшірмелері қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Болашақ» халықаралық стипендиясын иеленушілерге берілген бiлiмi туралы құжаттарға «Халықааралық бағдарламалар орталығы» Акционерлік қоғамы берген Қазақстан Республикасы Президентінің «Болашақ» халықаралық стипендиясы бойынша оқуды аяқтау туралы анықтаманың көшірмесі қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өзара тану және баламалылығы туралы халықаралық шарттардың қолдану аясына жататын бiлiмi туралы құжаттардың көшірмелеріне білім беру саласындағы уәкілетті орган берген аталған бiлiмi туралы құжаттарды тану туралы анықтаманың көшірмелері қоса беріледі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">еңбек қызметін растайтын құжаттың нотариалдық куәландырылған немесе жұмыс орнынан кадр қызметімен куәландырылған көшiрмесi; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы 23 қарашадағы № 907 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6697 болып тіркелген) Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарына сәйкес құжат тапсырғанға дейін алты айдан аспайтын уақытта берілген 086/е нысандағы денсаулығы туралы медициналық анықтама (дәрігерлік кәсіби-консультациялық қорытынды) (немесе нотариалдық куәландырылған көшірмесі); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Қазақстан Республикасы азаматының жеке басын куәландыратын құжаттың көшірмесі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">құжаттарды тапсыру сәтінде заңнаманы білуіне тестілеуден өткені туралы шекті мәннен төмен емес нәтижелері бар қолданыстағы сертификат (немесе сертификаттың нотариалдық куәландырылған көшірмесі); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">конкурсқа қатысу үшін құжаттарды тапсыру сәтінде уәкілетті органда жеке қасиеттерін бағалауды өту туралы қолданыстағы қорытынды (немесе қорытындының нотариалдық куәландырылған көшірмесі); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 27 сәуірдегі № 272 бұйрығымен (Қазақстан Республикасының Әділет министрлігінде 2015 жылы 11 маусымда № 11304 тіркелді) бекітілген «Психоневрологиялық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ұйымнан анықтама беру» мемлекеттік көрсетілетін қызметтің стандартына сәйкес нысан бойынша құжат тапсырғанға дейін бір жылдан аспайтын уақытта берілген психоневрологиялық ұйымнан анықтама (немесе қорытындының нотариалдық куәландырылған көшірмесі); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 27 сәуірдегі № 272 бұйрығымен (Қазақстан Республикасының Әділет министрлігінде 2015 жылы 11 маусымда № 11304 тіркелді) бекітілген «Наркологиялық ұйымнан анықтама беру» мемлекеттік көрсетілетін қызметтің стандартына сәйкес нысан бойынша құжат тапсырғанға дейін бір жылдан аспайтын уақытта берілген наркологиялық ұйымнан анықтама (немесе қорытындының нотариалдық куәландырылған көшірмесі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттардың толық емес  ұсынылуы конкурстық комиссияның қараудан бас тартудың негізі болып есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Азаматтар бiлiмiне, жұмыс тәжiрибесiне, кәсiби деңгейіне және беделіне қатысты (бiлiктiлiгiн арттыру, ғылыми дәрежелер мен атақтар берiлуi туралы құжаттардың көшiрмелерi, мiнездемелер, ұсынымдар, ғылыми жарияланымдар және өзге де олардың кәсіби қызметін, біліктілігін сипаттайтын мәліметтер) қосымша ақпараттарды бере алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Жалпы конкурсқа қатысуға ниет білдірген тұлғалар конкурс өткiзетiн мемлекеттiк органға құжаттарын қолма-қол тәртіпте, пошта арқылы не хабарландыруда көрсетілген электрондық пошта мекенжайына электронды түрде не «Е-gov» электронды Үкімет порталы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">немесе «е-қызмет» ықпалдастырылған ақпараттық жүйесі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арқылы құжаттарды қабылдау мерзімінде тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Конкурсқа қатысу үшін құжаттарды электронды түрде электрондық пошта не «Е-gov» электронды Үкімет порталы арқылы берілген жағдайда азаматтар құжаттардың түпнұсқасын әңгімелесу басталғанға дейін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44510">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бір күнтізбелік күн бұрын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кешіктірілмей береді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдау мерзімі (7 жұмыс күні), ол жалпы конкурс өткізу туралы хабарландыру соңғы жарияланғаннан кейін келесі жұмыс күнінен бастап есептеледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...60 lines deleted...]
-        <w:widowControl w:val="0"/>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Әңгімелесуге жіберілгендер туралы хабарланған соң </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 жұмыс күні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ішінде әңгімелесуге жіберілген үміткерлер оны «Павлодар облысы денсаулық сақтау б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>асқармасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ММ-де өтеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс комиссиясы жұмысының ашықтылығы мен объективтілігін қамтамасыз ету үшін оның отырысына байқаушылар шақырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс комиссиясының отырысына байқаушылар ретінде Қазақстан Республикасы Парламентінің және барлық деңгейдегі мәслихат депутаттарының, Қазақстан Республикасы заңнамасында белгіленген тәртіпте аккредиттелген бұқаралық ақпарат құралдарының, басқа мемлекеттік органдардың, қоғамдық бірлестіктердің (үкіметтік емес ұйымдардың), коммерциялық ұйымдардың және саяси партиялардың өкілдері, мемлекеттік қызмет істері жөніндегі уәкілетті органның (бұдан әрі – уәкілетті орган) қызметкерлері қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Байқаушы ретінде конкурс комиссиясының отырысына қатысу үшін тұлға әңгімелесу басталғанға дейін бір жұмыс күнінен кешіктірмей персоналды басқару қызметінде (кадр қызметінде) тіркеледі. Тіркелу үшін тұлғалар персоналды басқару қызметіне (кадр қызметіне) жеке басын куәландыратын құжаттың көшірмесін немесе электрондық көшірмесін, «Б» корпусының мемлекеттік әкiмшiлiк лауазымына орналасуға арналған конкурсты өткiзу Қағидалардың 26-тармағында көрсетілген ұйымдарға тиесілілігін растайтын құжаттардың көшірмелерін немесе электрондық көшірмелерін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тар шеңберде мамандырылған лауазымдарға конкурсты өткізген жағдайда конкурс комиссиясының отырысына сарапшылар шақырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тар шеңберде мамандырылған ретінде мемлекеттік орган қызметшілерінің                              5 пайызынан аз қызметші ие болған мамандық болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сарапшы ретінде конкурс жариялаған мемлекеттік органның қызметкері болып табылмайтын, бос лауазымның функционалдық бағыттарына сәйкес облыстарда, соның ішінде ғылым саласында жұмыс тәжірибесі бар тұлғалар, сондай-ақ персоналды іріктеу және жоғарылату бойынша мамандар, басқа мемлекеттік органдардың мемлекеттік қызметшілері, Қазақстан Республикасының Парламент және мәслихат депутаттары қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік әкімшілік лауазымдарға орналасуға арналған тест өткізу бағдарламасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>D-O-4 санатына арналған:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Қазақстан Республикасының мемлекеттік тілін білуге арналған тест (20 сұрақ), ұзақтығы 20 минут;  Қазақстан Республикасының Конституциясын (15 сұрақ), «Қазақстан Республикасының Президенті туралы» (15 сұрақ) Қазақстан Республикасының конституциялық заңы, «Қазақстан Республикасының мемлекеттік қызметі туралы»                        (15 сұрақ), «Сыбайлас жемқорлыққа қарсы іс-қимыл туралы» (15 сұрақ), «Әкімшілік рәсімдер туралы» (15 сұрақ), «Жеке және заңды тұлғалардың өтiнiштерiн қарау тәртiбi туралы» (15 сұрақ), «Мемлекеттік көрсетілетін қызметтер туралы» (15 сұрақ), «Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы»                          (15 сұрақ), ҚР Президентінің 2015 жылғы 29 желтоқсандағы №153 Жарлығымен бекітілген Қазақстан Республикасы мемлекеттік қызметшілерінің Этикалық кодексі (мемлекеттік қызметшілерінің қызметтік этика қағидалары) (10 сұрақ) Қазақстан Республикасының заңдарын бiлуге арналған тестер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Барлық нормативтік құқықтық актілер бойынша сұрақтардың жалпы санынан                  (130 сұрақ) кем дегенде 78 дұрыс жауапты және әрбір нормативтік құқықтық актілер бойынша кем дегенде 5 дұрыс жауапты құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Қазақстан Республикасының заңнамаларын білуге арналған тестерді орындау үшін жалпы уақыт 105 минутті құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Б» корпусының лауазымына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерлердің жеке қасиеттерін бағалауға арналған тестілеу бағдарламалары D-O-4  санатына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арналған  келесіні қамтиды: бастамашылық                  (12 тапсырма), коммуникативтілік (12 тапсырма), сараптамалық (12 тапсырма), ұйымдасқандық (12 тапсырма), әдептілік (12 тапсырма), сапаға бағдарлану (12 тапсырма), тұтынушыға бағдарлану (12 тапсырма), жемқорлыққа шыдамау (12 тапсырма) деңгейін анықтауға арналған тестер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Екінші бағдарлама бойынша тестерді орындау үшін жалпы уақыт 75 минутті құрайды. Екінші бағдарлама үшін мүмкін болатын 4 (төрт) баллдан қатерлі аймақ: бастамашылық – 1,5 балл, коммуникативтілік – 1,5 балл, сараптамалық – 2 балл, ұйымдасқандық – 1,5 балл, әдептілік – 1,5 балл, сапаға бағдарлану – 1,5 балл, тұтынушыға бағдарлану – 1 балл, жемқорлыққа шыдамау – 2 балл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысушылар мен кандидаттар уәкiлеттi органға немесе оның аумақтық бөлiмшесiне, не Қазақстан Республикасының заңнамасына сәйкес сот тәртiбiнде конкурс комиссиясының шешiмiне шағымдана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...17 lines deleted...]
-          <w:b/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F0DE0" w:rsidRDefault="000F0DE0" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F0DE0" w:rsidRDefault="000F0DE0" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F0DE0" w:rsidRDefault="000F0DE0" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F0DE0" w:rsidRDefault="000F0DE0" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F0DE0" w:rsidRDefault="000F0DE0" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F0DE0" w:rsidRDefault="000F0DE0" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F0DE0" w:rsidRDefault="000F0DE0" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F0DE0" w:rsidRDefault="000F0DE0" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F0DE0" w:rsidRDefault="000F0DE0" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F0DE0" w:rsidRDefault="000F0DE0" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F0DE0" w:rsidRDefault="000F0DE0" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F0DE0" w:rsidRDefault="000F0DE0" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7788"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">   </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...428 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(мемлекеттік орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...247 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="180"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...38 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D" w:rsidP="00EE525D">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мені______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________ бос мемлекеттік әкімшілік лауазымына орналасу конкурсына қатысуға жіберуіңізді сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Б» корпусының мемлекеттік әкімшілік лауазымына орналасуға конкурс өткізу қағидаларының негізгі талаптарымен таныстым, олармен келісемін және орындауға міндеттеме аламын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұсынылып отырған құжаттарымның дәйектілігіне жауап беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қоса берілген құжаттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мекен жайы және байланыс телефоны_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">     ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолы) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   (Тегі, аты, әкесінің аты (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___»_______________ 20 __ ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="181"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F0DE0" w:rsidRDefault="000F0DE0" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F0DE0" w:rsidRDefault="000F0DE0" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F0DE0" w:rsidRDefault="000F0DE0" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F0DE0" w:rsidRDefault="000F0DE0" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7080" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D" w:rsidP="00EE525D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7080" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...12 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1592 lines deleted...]
-        </w:tabs>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...48 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Б» КОРПУСЫНЫҢ ӘКІМШІЛІК МЕМЛЕКЕТТІК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЛАУАЗЫМЫНА КАНДИДАТТЫҢ ҚЫЗМЕТТIК ТIЗIМІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...42 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...7 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПОСЛУЖНОЙ СПИСОК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570CA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...553 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">   </w:t>
-[...125 lines deleted...]
-        <w:ind w:firstLine="567"/>
+        <w:t>КАНДИДАТА НА АДМИНИСТРАТИВНУЮ ГОСУДАРСТВЕННУЮ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00570CA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>ДОЛЖНОСТЬ КОРПУСА «Б»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...939 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4900" w:type="pct"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblInd w:w="60" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="221"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="277"/>
+        <w:gridCol w:w="226"/>
+        <w:gridCol w:w="61"/>
+        <w:gridCol w:w="958"/>
+        <w:gridCol w:w="1129"/>
+        <w:gridCol w:w="59"/>
+        <w:gridCol w:w="2933"/>
+        <w:gridCol w:w="2125"/>
+        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="283"/>
         <w:gridCol w:w="58"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="181" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7242" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________________________________</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">тегі, аты және әкесінің аты (болған жағдайда) / </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...20 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ФОТО</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>(түрлі түсті/ цветное,</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>3х4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="253" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7242" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________________________________</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>лауазымы/должность, санаты/категория</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>(болған жағдайда/при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1641" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="208" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9437" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ЖЕКЕ МӘЛІМЕТТЕР / ЛИЧНЫЕ ДАННЫЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Туған күні және жері/</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Дата и место рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ұлты (қалауы бойынша)/</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Национальность (по желанию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Оқу орнын бітірген жылы және оның атауы/</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Год окончания и наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Мамандығы бойынша біліктілігі, ғылыми дәрежесі, ғылыми атағы (болған жағдайда) /</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Квалификация по специальности, ученая степень, ученое звание (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Шетел тілдерін білуі/</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Владение иностранными языками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Мемлекеттік наградалары, құрметті атақтары (болған жағдайда) /</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Государственные награды, почетные звания (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Дипломатиялық дәрежесі, әскери, арнайы атақтары, сыныптық шені (болған жағдайда) /</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Дипломатический ранг, воинское, специальное звание, классный чин (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Жаза түрі, оны тағайындау күні мен негізі (болған жағдайда) /Вид взыскания, дата и основания его наложения (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Соңғы үш жылдағы қызметінің тиімділігін жыл сайынғы бағалау күні мен нәтижесі, егер үш жылдан кем жұмыс істеген жағдайда, нақты жұмыс істеген кезеңіндегі бағасы көрсетіледі (мемлекеттік әкімшілік қызметшілер толтырады)/</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Дата и результаты ежегодной оценки эффективности деятельности за последние три года, в случае, если проработал менее трех лет, указываются оценки за фактически отработанный период (заполняется государственными служащими)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9437" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ЕҢБЕК ЖОЛЫ/ТРУДОВАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2390" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Күні/Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7060" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қызметі, жұмыс орны, мекеменің орналасқан жері/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>должность, место работы, местонахождение организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қабылданған/приема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>босатылған/</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>увольнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE525D" w:rsidTr="00EE525D">
+      <w:tr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidTr="002B5A4F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
+          <w:trHeight w:val="470"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5326" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Кандидаттың қолы/</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Подпись кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="002B5A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_______________</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00570CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>күні/дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EE525D" w:rsidRDefault="00EE525D" w:rsidP="00EE525D"/>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="00F05548" w:rsidSect="00F05548">
+    <w:p w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidRDefault="001C5BA2" w:rsidP="001C5BA2">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001C5BA2" w:rsidRPr="00570CA3" w:rsidSect="009B0E1C">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="3D646DB0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3C22B20"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3054" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4341" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5061" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5781" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6501" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7221" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7941" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8661" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="9381" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="4DF91237"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3C22B20"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3621" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4341" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5061" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5781" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6501" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7221" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7941" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8661" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="9381" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="5FD8307E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6A2486E"/>
     <w:lvl w:ilvl="0" w:tplc="B18CBE4A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3414" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="4134" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4854" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5574" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="6294" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7014" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="7734" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="8454" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="9174" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EE525D"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00F05548"/>
+    <w:rsidRoot w:val="005025EB"/>
+    <w:rsid w:val="000C0D36"/>
+    <w:rsid w:val="000F0DE0"/>
+    <w:rsid w:val="00123F1A"/>
+    <w:rsid w:val="001A32E4"/>
+    <w:rsid w:val="001C5BA2"/>
+    <w:rsid w:val="0026216A"/>
+    <w:rsid w:val="002865E4"/>
+    <w:rsid w:val="002D7D93"/>
+    <w:rsid w:val="003D08D0"/>
+    <w:rsid w:val="003E6AC2"/>
+    <w:rsid w:val="005025EB"/>
+    <w:rsid w:val="00575017"/>
+    <w:rsid w:val="005A4F00"/>
+    <w:rsid w:val="00696112"/>
+    <w:rsid w:val="00785537"/>
+    <w:rsid w:val="00866D2B"/>
+    <w:rsid w:val="009431A6"/>
+    <w:rsid w:val="0094615D"/>
+    <w:rsid w:val="00A41E92"/>
+    <w:rsid w:val="00B52D51"/>
+    <w:rsid w:val="00B90F87"/>
+    <w:rsid w:val="00C20373"/>
+    <w:rsid w:val="00CF2992"/>
+    <w:rsid w:val="00D73A26"/>
+    <w:rsid w:val="00EF6963"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1"/>
-        <w:jc w:val="right"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -9740,160 +8461,238 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE525D"/>
-[...7 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн Знак Знак,Обычный (веб)1 Знак Знак Зн Знак,Обычный (веб)1 Знак Знак Зн,Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:qFormat/>
+    <w:rsid w:val="005025EB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005025EB"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005025EB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак Знак Знак,Обычный (веб)1 Знак Знак Зн Знак Знак1,Обычный (веб)1 Знак Знак Зн Знак1,Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:locked/>
+    <w:rsid w:val="005025EB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="005025EB"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EE525D"/>
+    <w:rsid w:val="005025EB"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...1 lines deleted...]
-    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн Знак Знак,Обычный (веб)1 Знак Знак Зн Знак,Обычный (веб)1 Знак Знак Зн,Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак"/>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:rsid w:val="00EE525D"/>
+    <w:rsid w:val="001A32E4"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001A32E4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1"/>
-        <w:jc w:val="right"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -9966,138 +8765,219 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE525D"/>
-[...7 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн Знак Знак,Обычный (веб)1 Знак Знак Зн Знак,Обычный (веб)1 Знак Знак Зн,Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:qFormat/>
+    <w:rsid w:val="005025EB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005025EB"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005025EB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак Знак Знак,Обычный (веб)1 Знак Знак Зн Знак Знак1,Обычный (веб)1 Знак Знак Зн Знак1,Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:locked/>
+    <w:rsid w:val="005025EB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="005025EB"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EE525D"/>
+    <w:rsid w:val="005025EB"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...1 lines deleted...]
-    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн Знак Знак,Обычный (веб)1 Знак Знак Зн Знак,Обычный (веб)1 Знак Знак Зн,Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак"/>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:rsid w:val="00EE525D"/>
+    <w:rsid w:val="001A32E4"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001A32E4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="5253201">
+    <w:div w:id="2057002457">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z070000221_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.61.43.123/rus/docs/V1500012639" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z000000107_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.61.43.123/rus/docs/V1500012639" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z010000148_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z1500000416" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z950002733_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.kz/rus/docs/Z1300000088" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10344,50 +9224,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2651</Words>
-  <Characters>15116</Characters>
+  <Words>2501</Words>
+  <Characters>14256</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>125</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>118</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Organization</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17732</CharactersWithSpaces>
+  <CharactersWithSpaces>16724</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Comp-1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>