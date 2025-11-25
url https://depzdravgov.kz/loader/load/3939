--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,13996 +1,8786 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="006F2E5D">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="002B4621">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE7A40">
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>О противодействии коррупции</w:t>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл туралы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE7A40">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> ЗРК</w:t>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республикасының Заңы 2015 жылғы 18 қарашадағы № 410-V ҚРЗ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40" w:rsidP="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE7A40">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      МАЗМҰНЫ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z33"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Настоящий Закон регулирует общественные отношения в сфере противодействия коррупции и направлен на реализацию антикоррупционной политики Республики Казахстан.</w:t>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы Заң сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы қоғамдық қатынастарды реттейді және Қазақстан Республикасында сыбайлас жемқорлыққа қарсы саясатты іске асыруға бағытталған.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z28"/>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00BE7A40">
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">   Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">   1-тарау. ЖА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЛПЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z1"/>
+      <w:bookmarkStart w:id="2" w:name="z3"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00BE7A40">
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...51 lines deleted...]
-        <w:t xml:space="preserve"> настоящем Законе</w:t>
+        <w:t>1-бап. Осы Заңда қамтылатын кейбір ұғымдарды түсіндіру</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z34"/>
+      <w:bookmarkStart w:id="3" w:name="z4"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00BE7A40">
-[...348 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы Заңда қамтылатын ұғымдар мынадай мағынада қолданылады:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) жауапты мемлекеттiк лауазымды атқаратын адам – мемлекеттік функцияларды және мемлекеттік органдардың өкілетт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іктерін тікелей орындау үшін Қазақстан Республикасының Конституциясында, Қазақстан Республикасының конституциялық және өзге де заңдарында белгіленген лауазымды атқаратын адам, оның ішінде Қазақстан Республикасы Парламентінің депутаты, судья, сол сияқты Қаз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақстан Республикасының мемлекеттік қызмет туралы заңнамасына сәйкес мемлекеттік саяси лауазымды не «А» корпусының мемлекеттік әкімшілік лауазымын атқаратын адам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) лауазымды адам – тұрақты, уақытша немесе арнаулы уәкiлеттiк бойынша билік өкілінің фу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нкцияларын жүзеге асыратын не мемлекеттік органдарда, квазимемлекеттік сектор субъектілерінде, жергiлiктi өзiн-өзi басқару органдарында, сондай-ақ Қазақстан Республикасының Қарулы Күштерінде, басқа да әскерлері мен әскери құралымдарында ұйымдық-өкімдік нем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есе әкiмшiлiк-шаруашылық функцияларды орындайтын адам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) мемлекеттік функцияларды орындауға уәкілеттік берілген адам – Қазақстан Республикасының мемлекеттік қызмет туралы заңдарына сәйкес мемлекеттік қызметші, мәслихат депутаты, сондай-ақ мемлекетті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к лауазымда көзделген міндеттерді мемлекеттік қызметке тағайындалғанға дейін уақытша орындайтын адам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) мемлекеттік функцияларды орындауға уәкілеттік берілген адамдарға теңестірілген адам – жергiлiктi өзiн-өзi басқару органдарына сайланған адам; Қаз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақстан Республикасының заңында белгiленген тәртiппен Қазақстан Республикасының Президенттiгiне, Қазақстан Республикасы Парламентiнің немесе мәслихаттардың депутаттығына, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдігіне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сондай-ақ жергiлiктi өзiн-өзi басқару сайланбалы органының мүшелігіне кандидаттар ретiнде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы городов районного значения, пос</w:t>
-[...401 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+        <w:t>тiркелген азамат; жергiлiктi өзiн-өзi басқару органында тұрақты немесе уақытша жұмыс iстейтiн, еңбегiне ақы төлеу Қазақстан Республикасының мемлекеттiк бюджет қараж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атынан жүргізілетін қызметшi; мемлекеттік ұйымда немесе квазимемлекеттік сектор субъектісінде басқарушылық функцияларды орындайтын адам, Қазақстан Республикасы Ұлттық Банкі мен оның ведомстволарының қызметшілері;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) мүдделер қақтығысы – жауапты мемле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеттік лауазымды атқаратын адамдардың, мемлекеттік функцияларды орындауға уәкілеттік берілген адамдардың, оларға теңестірілген адамдардың, лауазымды адамдардың жеке мүдделері мен олардың лауазымдық өкілеттіктері арасындағы қайшылық, мұндай жағдайда осы ата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лған адамдардың жеке мүдделері олардың өздерінің лауазымдық өкілеттіктерін тиісінше орындамауына әкеп соғуы мүмкін;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6) сыбайлас жемқорлық – жауапты мемлекеттік лауазымды атқаратын адамдардың, мемлекеттiк функцияларды орындауға уәкілеттік берілген ада</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мдардың, мемлекеттік функцияларды орындауға уәкілеттік берілген адамдарға теңестiрiлген адамдардың, лауазымды адамдардың өздерінің лауазымдық (қызметтік) өкiлеттiктерін және соған байланысты мүмкiндiктерiн жеке өзi немесе делдалдар арқылы жеке өзіне не үші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нші тұлғаларға мүлiктiк (мүліктік емес) игiлiктер мен артықшылықтар алу немесе табу мақсатында заңсыз пайдалануы, сол сияқты игiлiктер мен артықшылықтарды беру арқылы осы адамдарды параға сатып алу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      7) сыбайлас жемқорлыққа қарсы саясат – сыбайлас жем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорлық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәуекелдерін азайтуға, қоғамның мемлекеттік органдар қызметіне сенімін арттыруға бағытталған құқықтық, әкімшілік және ұйымдастырушылық шаралар және осы Заңға сәйкес өзге де шаралар;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      8) сыбайлас жемқорлыққа қарсы шектеулер – осы Заңда белгіленг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ен және сыбайлас жемқорлық құқық бұзушылықтардың алдын алуға бағытталған шектеулер;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      9) сыбайлас жемқорлыққа қарсы іс-қимыл – сыбайлас жемқорлыққа қарсы іс-қимыл субъектілерінің өз өкілеттіктері шегіндегі сыбайлас жемқорлықтың алдын алу, оның ішінде қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оғамда сыбайлас жемқорлыққа қарсы мәдениетті қалыптастыру, сыбайлас жемқорлық құқық бұзушылықтарды жасауға ықпал ететін себептер мен жағдайларды анықтау және жою жөніндегі, сондай-ақ сыбайлас жемқорлық құқық бұзушылықтарды анықтау, жолын кесу, ашу және тер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>геп-тексеру және олардың салдарларын жою жөніндегі қызметі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      10) сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті орган – өз өкілеттіктері шегінде Қазақстан Республикасында сыбайлас жемқорлыққа қарсы саясатты іске асыру және сыбайлас жемқорлыққ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а қарсы іс-қимыл саласын үйлестіру жөніндегі функцияларды жүзеге асыратын мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы орталық атқарушы орган; оның ведомствосы, аумақтық бөлімшелері;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      11) сыбайлас жемқорлық құқық бұзу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шылық – бұл үшін заңда әкімшілік немесе қылмыстық жауаптылық белгіленген, сыбайлас жемқорлық белгілері бар құқыққа қайшы, кінәлі түрдегі іс-әрекет (әрекет немесе әрекетсіздік);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      12) сыбайлас жемқорлық тәуекелі – сыбайлас жемқорлық құқық бұзушылықтарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жасауға ықпал ететін себептер мен жағдайлардың туындау мүмкіндігі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13) сыбайлас жемқорлықтың алдын алу – сыбайлас жемқорлыққа қарсы іс-қимыл субъектілерінің алдын алу шаралары жүйесін әзірлеу және енгізу арқылы сыбайлас жемқорлық құқық бұзушылықтар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасауға ықпал ететін себептер мен жағдайларды зерделеу, анықтау, шектеу және жою жөніндегі қызметі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+        <w:t xml:space="preserve">Ескерту. 1-бапқа өзгеріс енгізілді - ҚР 06.04.2016 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа ен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...31 lines deleted...]
-        <w:t>льного опубликования).</w:t>
+        </w:rPr>
+        <w:t>гізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z2"/>
+      <w:bookmarkStart w:id="4" w:name="z18"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00BE7A40">
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> Статья 2. Сфера действия настоящего Закона</w:t>
+        <w:t>2-бап. Осы Заңның қолданылу аясы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z47"/>
+      <w:bookmarkStart w:id="5" w:name="z19"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00BE7A40">
-[...102 lines deleted...]
-        <w:t>Кодексом Республики Казахстан об административных правонарушениях.</w:t>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Осы Заң Қазақстан Республикасының аумағында жеке және заңды тұлғаларға қатысты қолданылады. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта өзгеше көзделмесе, Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ның шегінен тыс жерде осы Заң Қазақстан Республикасының азаматтары мен Қазақстан Республикасында тіркелген заңды тұлғаларға қатысты қолданылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Сыбайлас жемқорлық қылмыстар үшін қылмыстық жауаптылық пен жаза – Қазақстан Республикасының Қылмыстық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кодексінде, әкімшілік сыбайлас жемқорлық құқық бұзушылықтар үшін әкімшілік жауаптылық пен жаза – Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы кодексінде көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z3"/>
+      <w:bookmarkStart w:id="6" w:name="z21"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00BE7A40">
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+        <w:t>3-бап. Қазақстан Республикасының сыбайлас жемқорлыққа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+        </w:rPr>
+        <w:t>қарс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> противодействии коррупции</w:t>
+        </w:rPr>
+        <w:t>ы іс-қимыл туралы заңнамасы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z49"/>
+      <w:bookmarkStart w:id="7" w:name="z22"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="00BE7A40">
-[...73 lines deleted...]
-        <w:t xml:space="preserve"> 2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Қазақстан Республикасының сыбайлас жемқорлыққа қарсы іс-қимыл туралы заңнамасы Қазақстан Республикасының Конституциясына негізделеді және осы Заң мен Қазақстан Республикасының өзге де нормативтік құқықтық актілерінен тұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы Заңда қамтылғаннан өзге де қағидалар белгіленген болса, онда халықаралық шарттың қағидалары қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="z4"/>
+      <w:bookmarkStart w:id="8" w:name="z24"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="00BE7A40">
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+        <w:t>4-бап. Сыбайлас жемқорлыққа қарсы іс-қимылдың негізгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...12 lines deleted...]
-        <w:t>тиводействия коррупции</w:t>
+        </w:rPr>
+        <w:t>қағидаттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE7A40">
-[...250 lines deleted...]
-        <w:t xml:space="preserve"> 8) неотвратимости наказания за совершение коррупционных правонарушений.</w:t>
+      <w:bookmarkStart w:id="9" w:name="z25"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Сыбайлас жемқорлыққа қарсы іс-қимыл:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) заңдылық;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) адам мен азаматтың құқықтарын, бостандықтары мен заңды мүдделерін қорғау басымдығы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) жариялылық пен ашықтық;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) мемлекет пен азаматтық қоғамның ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зара іс-қимыл жасауы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) сыбайлас жемқорлыққа қарсы іс-қимыл шараларын жүйелі және кешенді пайдалану;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6) сыбайлас жемқорлықтың алдын алу шараларын басым қолдану;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      7) сыбайлас жемқорлыққа қарсы іс-қимылға жәрдем көрсететін адамдарды көтерме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>леу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      8) сыбайлас жемқорлық құқық бұзушылықтарды жасағаны үшін жазаның бұлтартпастығы қағидаттары негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="z5"/>
-      <w:r w:rsidRPr="00BE7A40">
+      <w:bookmarkStart w:id="10" w:name="z34"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+        <w:t>5-бап. Сыбайлас жемқорлыққа қарсы іс-қимылдың мақсаты мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Статья 5. Цель и задачи противодействия коррупции</w:t>
+        </w:rPr>
+        <w:t>міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="z51"/>
-[...205 lines deleted...]
-        <w:t xml:space="preserve"> 5) выявления, пресечения, раскрытия и расследования коррупционных правонарушений.</w:t>
+      <w:bookmarkStart w:id="11" w:name="z35"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Сыбайлас жемқорлыққа қарсы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-қимылдың мақсаты қоғамда сыбайлас жемқорлықты жою болып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Сыбайлас жемқорлыққа қарсы іс-қимыл мақсатына қол жеткізу мынадай:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) қоғамда сыбайлас жемқорлыққа төзбестік ахуалын қалыптастыру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) сыбайлас жемқорлық құқық бұзушыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ықтар жасауға ықпал ететін жағдайлар мен себептерді анықтау және олардың салдарларын жою;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) сыбайлас жемқорлыққа қарсы іс-қимыл субъектілерінің өзара іс-қимылын нығайту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі халықаралық ынтымақтасты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дамыту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) сыбайлас жемқорлық құқық бұзушылықтарды анықтау, жолын кесу, ашу және тергеп-тексеру міндеттерін шешу арқылы іске асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z29"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+      <w:bookmarkStart w:id="12" w:name="z42"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...12 lines deleted...]
-        <w:t>ИВОДЕЙСТВИЯ КОРРУПЦИИ</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">   2-тарау. СЫБАЙЛАС ЖЕМҚОРЛЫҚҚА ҚАРСЫ ІС-ҚИМЫЛ ШАРАЛАРЫ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="z6"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+      <w:bookmarkStart w:id="13" w:name="z44"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+        <w:t>6-бап. Сыбайлас жемқорлыққа қарсы іс-қимыл шара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Статья 6. Система мер противодействия коррупции</w:t>
+        </w:rPr>
+        <w:t>ларының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүйесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE7A40">
-[...400 lines deleted...]
-        <w:t xml:space="preserve"> 13) формирование и публикацию Национального доклада о противодействии коррупции.</w:t>
+      <w:bookmarkStart w:id="14" w:name="z45"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Сыбайлас жемқорлыққа қарсы іс-қимыл шараларының жүйесі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) сыбайлас жемқорлыққа қарсы мониторингті;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) сыбайлас жемқорлық тәуекелдерін талдауды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) сыбайлас жемқорлыққа қарсы мәдениетті қалыптастыруды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     4) Қазақстан Республикасының заңнамасына сәйкес заңдық сараптама жүргізу кезінде сыбайлас жемқорлық сипаты бар нормаларды анықтауды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) сыбайлас жемқорлыққа қарсы стандарттарды қалыптастыруды және сақтауды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6) қаржылық бақылауды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас жемқорлыққа қарсы шектеулерді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      8) мүдделер қақтығысын болғызбауды және шешуді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      9) кәсіпкерлік саласында сыбайлас жемқорлыққа қарсы іс-қимыл шараларын;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      10) сыбайлас жемқорлық құқық бұзушылықтарды анықтауды, жолын кесуді, ашуды жән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е тергеп-тексеруді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      11) сыбайлас жемқорлық құқық бұзушылықтар туралы хабарлауды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      12) сыбайлас жемқорлық құқық бұзушылықтардың салдарларын жоюды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      13) Сыбайлас жемқорлыққа қарсы іс-қимыл туралы ұлттық баяндаманы қалыптастыруды және жариялау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="z7"/>
-      <w:r w:rsidRPr="00BE7A40">
+      <w:bookmarkStart w:id="15" w:name="z59"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> Статья 7. Антикоррупционный мониторинг</w:t>
+        <w:t>7-бап. Сыбайлас жемқорлыққа қарсы мониторинг</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="z53"/>
-[...218 lines deleted...]
-        <w:t>специальных государственных органов.</w:t>
+      <w:bookmarkStart w:id="16" w:name="z60"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Сыбайлас жемқорлыққа қарсы мониторинг – сыбайлас жемқорлыққа қарсы іс-қимыл субъектілерінің сыбайлас жемқорлыққа қарсы саясаттың тиімділігіне, сыбайлас жемқорлыққа қарсы іс-қимыл салас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ындағы құқық қолдану практикасының жай-күйіне, сондай-ақ қоғамның сыбайлас жемқорлық деңгейін қабылдауы мен бағалауына қатысты ақпаратты жинау, өңдеу, жинақтап-қорыту, талдау және бағалау жөніндегі қызметі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Сыбайлас жемқорлыққа қарсы мониторингтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақсаты – сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы құқық қолдану практикасын бағалау болып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Сыбайлас жемқорлыққа қарсы мониторингтің дереккөздері – құқықтық статистика мен жеке және заңды тұлғалардың өтініштері, үкіметтік емес жән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е халықаралық ұйымдардың мәліметтері, әлеуметтік сұрау жүргізу деректері мен бұқаралық ақпарат құралдарындағы жарияланымдар, сондай-ақ заңмен тыйым салынбаған өзге де ақпарат көздері болып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Сыбайлас жемқорлыққа қарсы мониторингтің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижелері сыбайлас жемқорлық тәуекелдеріне талдау жүргізу, сондай-ақ сыбайлас жемқорлыққа қарсы мәдениетті қалыптастыруға бағытталған шараларды жетілдіру үшін негіз болып табылуы мүмкін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Осы баптың ережелері арнаулы мемлекеттік органдардың қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іне қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="z8"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+      <w:bookmarkStart w:id="17" w:name="z65"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> Статья 8. Анализ коррупционных рисков</w:t>
+        <w:t>8-бап. Сыбайлас жемқорлық тәуекелдерін талдау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="z58"/>
-[...650 lines deleted...]
-        <w:t>определяется уполномоченным органом по противодействию коррупции.</w:t>
+      <w:bookmarkStart w:id="18" w:name="z66"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Сыбайлас жемқорлық тәуекелдерін талдау (ішкі және сыртқы) – сыбайлас жемқорлық құқық бұзушылықтар жасауға ықпал ететін себептер мен жағдайларды анықтау және зерделеу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлық тәуекелдерін сыртқы талдауды Қазақстан Республикасының Президенті айқындайтын тәртіппен сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті орган мынадай бағыттар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) мемлекеттік органдар мен ұйымдардың, квазимемлекеттік сектор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> субъектілерінің қызметін қозғайтын нормативтік құқықтық актілердегі сыбайлас жемқорлық тәуекелдерін анықтау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) мемлекеттік органдар мен ұйымдардың, квазимемлекеттік сектор субъектілерінің ұйымдық-басқарушылық қызметінде сыбайлас жемқорлық тәуекелде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рін анықтау бойынша жүзеге асырады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті орган сыбайлас жемқорлық тәуекелдеріне сыртқы талдау жүргізуге сыбайлас жемқорлыққа қарсы іс-қимылдың өзге де субъектілерінің мамандарын және (немесе) сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ларын тартуға құқылы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Сыбайлас жемқорлық тәуекелдерін сыртқы талдау нәтижелері бойынша мемлекеттік органдар, ұйымдар және квазимемлекеттік сектор субъектілері сыбайлас жемқорлықтың туындау себептері мен жағдайларын жою жөнінде шаралар қабылдайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>   3. Осы баптың 2-тармағының күші мына салалардағы қатынастарға:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) прокуратура жүзеге асыратын жоғары қадағалауға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) қылмыстық істер бойынша сотқа дейінгі іс жүргізуге;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) әкімшілік құқық бұзушылықтар туралы істер бойынша іс жүргізуге;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) сот төрелігіне;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) жедел-іздестіру қызметіне;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6) қылмыстық-атқару қызметіне;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      7) Қазақстан Республикасының мемлекеттік құпиялар туралы заңнамасының талаптарының сақталуын бақылауға қолданылмайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Осы баптың 2-тармағының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ережелері арнаулы мемлекеттік органдардың қызметіне қолданылмайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Мемлекеттік органдар, ұйымдар мен квазимемлекеттік сектор субъектілері сыбайлас жемқорлық тәуекелдеріне ішкі талдауды жүзеге асырады, оның нәтижелері бойынша сыбайлас жемқорлық құқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ық бұзушылықтар жасауға ықпал ететін себептер мен жағдайларды жою жөнінде шаралар қабылдайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Сыбайлас жемқорлық тәуекелдеріне ішкі талдау жүргізудің үлгілік тәртібін сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті орган айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="z9"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+      <w:bookmarkStart w:id="19" w:name="z83"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+        <w:t>9-б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Статья 9. Формирование антикоррупционной культуры</w:t>
+        </w:rPr>
+        <w:t>ап. Сыбайлас жемқорлыққа қарсы мәдениетті қалыптастыру</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="z63"/>
-[...161 lines deleted...]
-        <w:t>законодательством Республики Казахстан и иных мер, предусмотренных законодательством Республики Казахстан.</w:t>
+      <w:bookmarkStart w:id="20" w:name="z84"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Сыбайлас жемқорлыққа қарсы мәдениетті қалыптастыру – сыбайлас жемқорлыққа қарсы іс-қимыл субъектілерінің қоғамда сыбайлас жемқорлыққа төзбеушілікті көрсететін құндылықтар жүйесін сақтау және н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ығайту бойынша өз құзыреті шегінде жүзеге асыратын қызметі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Сыбайлас жемқорлыққа қарсы мәдениетті қалыптастыру білім беру, ақпараттық және ұйымдастырушылық сипаттағы шаралар кешені арқылы жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Сыбайлас жемқорлыққа қарсы білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру – тұлғаның адамгершілік, зияткерлік, мәдени тұрғыдан дамуы және сыбайлас жемқорлықты қабылдамаудағы белсенді азаматтық ұстанымын қалыптастыру мақсатында жүзеге асырылатын, тәрбиелеу мен оқытудың үздіксіз процесі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Ақпараттық және ұйымдастыруш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ылық қызмет бұқаралық ақпарат құралдарында түсіндіру жұмыстарын жүргізу, әлеуметтік маңызды іс-шараларды, Қазақстан Республикасының заңнамасына сәйкес мемлекеттік әлеуметтік тапсырысты және Қазақстан Республикасының заңнамасында көзделген өзге де шараларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастыру арқылы іске асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="z10"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+      <w:bookmarkStart w:id="21" w:name="z88"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> Статья 10. Антикоррупционные стандарты</w:t>
+        <w:t>10-бап. Сыбайлас жемқорлыққа қарсы стандарттар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="z67"/>
-[...66 lines deleted...]
-        <w:t>участии общественности и учитываются при разработке законодательства и в правоприменительной практике.</w:t>
+      <w:bookmarkStart w:id="22" w:name="z89"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Сыбайлас жемқорлыққа қарсы стандарттар – қоғамдық қатынастардың оқшауланған саласы үшін белгіленген, сыбайлас жемқорлықтың алдын алуға бағытталған ұсынымдар ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Сыбайлас жемқорлыққа қарсы стандарттарды жұртшылықтың қатысуымен мемлекеттік органдар, ұйымдар мен квазимемлекеттік сектор субъектілері әзірлейді және олар заңнаманы әзірлеу кезінде және құқық қолдану практикасында ескеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="z11"/>
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+      <w:bookmarkStart w:id="23" w:name="z91"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+        </w:rPr>
+        <w:t>РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+        <w:t xml:space="preserve">      11-баптың 9-тармағының қолданысқа енгізілу тәртібін ҚР 18.11.2015 № 410-V Заңының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>27-бабынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...70 lines deleted...]
-        <w:t xml:space="preserve"> Статья 11. Меры финансового контроля</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="z69"/>
-[...1486 lines deleted...]
-        <w:t>тся осуществление лицами, на которых возложена полная материальная ответственность, деятельности в рамках предоставленных полномочий по управлению и распоряжению имуществом, в том числе деньгами, находящимися на балансе и банковских счетах организации.</w:t>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11-бап. Қаржылық бақылау шаралары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="z12"/>
-[...4 lines deleted...]
-          <w:b/>
+      <w:bookmarkStart w:id="24" w:name="z92"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Қаржылық бақылау шараларын жүзеге асыру мақсатында осы бапта айқындалған адамд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ар жеке тұлғалардың мынадай декларацияларын:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) активтері мен міндеттемелері туралы декларацияны;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) кірістері мен мүлкі туралы декларацияны ұсынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Активтері мен міндеттемелері туралы декларацияны Қазақстан Республикасының Пре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зиденттігіне, Қазақстан Республикасының Парламенті мен мәслихаттарының депутаттығына, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдігіне, сондай-ақ жергілікті өзін-өзі басқару сайланбалы органдарына мүшелікке кандидаттар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен олардың жұбайлары (зайыптары) кандидат ретінде тіркелгенге дейін ұсынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Кірістері мен мүлкі туралы декларацияны:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) жауапты мемлекеттік лауазымды атқаратын адамдар мен олардың жұбайлары (зайыптары);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) мемлекеттік функцияларды о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рындауға уәкілеттік берілген адамдар мен олардың жұбайлары (зайыптары);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) лауазымды адамдар мен олардың жұбайлары (зайыптары);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) мемлекеттік функцияларды орындауға уәкілеттік берілген адамдарға теңестірілген адамдар мен олардың жұбайлары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(зайыптары) ұсынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Есепті күнтізбелік жыл ішінде Қазақстан Республикасының салық заңнамасында айқындалған мүлікті сатып алған жағдайда, осы баптың 3-тармағында аталған адамдар кірістері мен мүлкі туралы декларацияда көрсетілген мүлікті сатып алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмсалған шығыстарды жабу көздері туралы мәліметтерді көрсетеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Активтері мен міндеттемелері туралы декларация Қазақстан Республикасының салық заңнамасының сәйкес жасалады және Қазақстан Республикасының салық заңнамасында айқындалған нысан бой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ынша және тәртіппен ұсынылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6. Кірістері мен мүлкі туралы декларация Қазақстан Республикасының салық заңнамасына сәйкес жасалады және Қазақстан Республикасының салық заңнамасында айқындалған нысан бойынша, тәртіппен және мерзімдерде ұсынылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE7A40">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> Статья 12. Антикоррупционные ограничения</w:t>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   7. Осы баптың 2 және 3-тармақтарында аталған жеке тұлғалардың активтері мен міндеттемелері туралы декларацияны немесе кірістері мен мүлкі туралы декларацияны ұсынуы туралы мәлімет салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ету саласындағы басшылықты жүзеге асыратын мемлекеттік органның ресми интернет-ресурсына Қазақстан Республикасының салық заңнамасында белгіленген тәртіппен орналастырылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      8. Мыналардың:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      осы баптың 2-тармағында аталған адамдардың ак</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тивтері мен міндеттемелері туралы декларацияны және (немесе) кірістері мен мүлкі туралы декларацияны ұсынбауы немесе осындай декларацияларда толық емес, анық емес мәліметтерді ұсынуы, егер істелген әрекетте қылмыстық жазаланатын іс-әрекет белгілері болмаса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – тіркеуден бас тарту немесе тіркеу туралы шешімдердің күшін жою үшін негіз болып табылады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      осы баптың 3-тармағында аталған адамдардың активтері мен міндеттемелері туралы декларацияны және (немесе) кірістері мен мүлкі туралы декларацияны ұсынбауы не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>месе осындай декларацияларда толық емес, анық емес мәліметтерді ұсынуы, егер істелген әрекетте қылмыстық жазаланатын іс-әрекет белгілері болмаса – Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы кодексінде көзделген жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>   9. Мыналар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) саяси мемлекеттік лауазымды атқаратын адамдар мен олардың жұбайлары (зайыптары);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) «А» корпусындағы мемлекеттік әкімшілік лауазымды атқаратын адамдар мен олардың жұбайлары (зайыптары);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) Қазақстан Республикасы Парламен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тінің депутаттары мен олардың жұбайлары (зайыптары);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) Қазақстан Республикасының судьялары мен олардың жұбайлары (зайыптары);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) квазимемлекеттік сектор субъектілерінде басқарушылық функцияларды орындайтын адамдар мен олардың жұбайлары (зайыпт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ары) ұсынған, жеке тұлғалардың декларацияларында көрсетілген мәліметтер есепті күнтізбелік жылдан кейінгі жылдың 31 желтоқсанынан кешіктірілмейтін мерзімде жариялануға жатады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Жариялануға жататын мәліметтер тізбесін сыбайлас жемқорлыққа қарсы іс-қимы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л жөніндегі уәкілетті орган айқындайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осы тармақтың екінші бөлігінде көрсетілген мәліметтерді мемлекеттік органдардың, ұйымдардың, Қазақстан Республикасы Парламенті мен Қазақстан Республикасы Жоғарғы Сотының ресми интернет-ресурстарында персоналды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқару қызметтері (кадр қызметтері) орналастырады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      10. Осы баптың 7-тармағының және 9-тармағының 1) және 2) тармақшаларының талаптары мемлекеттік құпияларды құрайтын мәліметтерге қолданылмайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      11. Мемлекеттік мүлікті басқару жөніндегі функция</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ларды орындауға қатысатын жеке және заңды тұлғалар мемлекеттік меншікпен байланысты мүліктік сипаттағы барлық мәмілелер және қаржылық қызмет туралы есептерді мемлекеттік мүлікке қатысты меншік иесі құқығын жүзеге асыратын мемлекеттік органға Қазақстан Респ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>убликасының Үкіметі белгілеген тәртіппен және мерзімдерде ұсынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      12. Мемлекеттік кіріс органдарына келіп түсетін, осы бапта көзделген мәліметтер Қазақстан Республикасының заңнамасына сәйкес заңмен қорғалатын құпия болып табылады. Оларды жария ету Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азақстан Республикасының заңдарына сәйкес жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      13. Қызметтік және салықтық құпияны құрайтын мәліметтер «Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы» Қазақст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ан Республикасының Заңында көзделген мақсаттарда және тәртіппен қаржы мониторингі жөніндегі уәкілетті органға ұсынылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескертпелер.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Осы бапта квазимемлекеттік сектор субъектілерінде басқарушылық функцияларды орындайтын адамдар деп – аталға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н ұйымдарда тұрақты, уақытша не арнайы өкілеттік бойынша ұйымдық-өкімдік немесе әкімшілік-шаруашылық функцияларды орындайтын адамдар танылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Осы бапта ұйымдық-өкімдік функциялар деп – адамдардың заңнамада және құрылтай құжаттарында көзделген, ұй</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ымның атқарушы органының өкілеттіктерін жүзеге асыру жөніндегі қызметі түсініледі. Осы функцияларға ұжымды жалпы басқару, кадрларды іріктеу мен орналастыру, бағынысты адамдардың еңбегін ұйымдастыру және бақылау, көтермелеу және тәртіптік жаза қолдану шарал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арын қолданудан көрінетін, тәртіпті қолдау жатады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Осы бапта әкімшілік-шаруашылық функциялар деп – толық материалдық жауаптылық жүктелген адамдардың берілген өкілеттіктер шеңберінде мүлікті, оның ішінде ұйымның балансындағы және банк шоттарындағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақшаны басқару және оған билік ету жөніндегі қызметті жүзеге асыруы түсініледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="z85"/>
-[...389 lines deleted...]
-        <w:t>нистративного правонарушения является основанием для прекращения ими государственной службы или иной соответствующей деятельности.</w:t>
+      <w:bookmarkStart w:id="25" w:name="z125"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12-бап. Сыбайлас жемқорлыққа қарсы шектеулер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="z13"/>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> государственных функций</w:t>
+      <w:bookmarkStart w:id="26" w:name="z126"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Жауапты мемлекеттік лауазымды атқаратын адамдардың, мемлекеттік функцияларды орындауға уәкілеттік берілген адамдарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, оларға теңестірілген адамдардың (Қазақстан Республикасының Президенттігіне, Қазақстан Республикасы Парламентінің немесе мәслихаттарының депутаттығына, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдігіне, сондай-ақ жерг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілікті өзін-өзі басқару сайланбалы органдарының мүшелігіне кандидаттарды қоспағанда), лауазымды адамдардың, сондай-ақ көрсетілген функцияларды орындауға уәкілеттік берілген кандидаттар болып табылатын адамдардың өз өкілеттіктерін жеке, топтық және өзге де </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> емес мүдделерде пайдалануына әкеп соғуы мүмкін әрекеттерді жасауына жол бермеу мақсатында, аталған адамдар осы Заңның 13, 14 және 15-баптарында белгіленген ерекшеліктерді ескере отырып, өздеріне:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) мемлекеттік функцияларды орындаумен сыйыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пайтын қызметті жүзеге асыру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) жақын туыстарының, жұбайлары (зайыптары) мен жекжаттарының бірге қызмет (жұмыс) істеуіне жол бермеу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) мүліктік және мүліктік емес игіліктер мен артықшылықтар алу немесе табу мақсатында, ресми таратылуға жатпай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тын қызметтік және өзге де ақпаратты пайдалану;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) Қазақстан Республикасының заңнамасына сәйкес қызметтік өкілеттіктерін орындауына байланысты сыйлықтар қабылдау бойынша сыбайлас жемқорлыққа қарсы шектеулерді қабылдайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Жекелеген мемлекетті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к функцияларды орындау тәртібін реттейтін заңдарда сыбайлас жемқорлықтың алдын алуға бағытталған шектеулерді көздейтін басқа да құқықтық нормалар белгіленуі мүмкін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Сыбайлас жемқорлыққа қарсы шектеулерді қабылдауға осы баптың 1-тармағында аталған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдардың келісімін тиісті ұйымдардың персоналды басқару қызметтері (кадр қызметтері) жазбаша нысанда тіркейді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Осы баптың 1-тармағында аталған адамдардың сыбайлас жемқорлыққа қарсы шектеулерді қабылдамауы лауазымға қабылдаудан бас тартуға не лау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азымнан шығаруға (лауазымнан босатуға) әкеп соғады, оларды сақтамау, қылмыстық жазаланатын іс-әрекет және әкімшілік құқық бұзушылық белгілері болмаған жағдайда, олардың мемлекеттік қызметті немесе өзге де тиісті қызметті тоқтатуы үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="z89"/>
-[...763 lines deleted...]
-        <w:t xml:space="preserve"> опубликования).</w:t>
+      <w:bookmarkStart w:id="27" w:name="z134"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13-бап. Мемлекеттiк функцияларды орындаумен сыйыспайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="z14"/>
-[...80 lines deleted...]
-        <w:t xml:space="preserve"> или свойственников</w:t>
+      <w:bookmarkStart w:id="28" w:name="z135"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Жауапты мемлекеттік лауазымды атқаратын адамдарға, мемлекеттік функцияларды орындауға уәкілеттік берілген адамдарға (өз қызметін тұрақты емес немесе басқа жұмыста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н босатылған негізде жүзеге асыратын мәслихат депутаттарын қоспағанда), мемлекеттік функцияларды орындауға уәкілеттік берілген адамдарға теңестірілген адамдарға (Қазақстан Республикасының Президенттігіне, Қазақстан Республикасы Парламентінің немесе мәслиха</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ттарының депутаттығына, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдігіне, сондай-ақ жергілікті өзін-өзі басқарудың сайланбалы органдарына мүшелікке кандидаттарды, квазимемлекеттік сектор субъектілерде қызметін жүзеге а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыратын адамдарды қоспағанда), лауазымды адамдарға:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) егер шаруашылық етуші субъектіні басқару немесе басқаруға қатысу Қазақстан Республикасының заңдарына сәйкес олардың лауазымдық міндеттеріне кірмейтін болса, шаруашылық етуші субъектіні басқаруға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бетінше қатысуға, мүліктік немесе өзге де игіліктер алу мақсатында өздерінің қызметтік өкілеттіктерін құқыққа сыйымсыз пайдалану арқылы ұйымдардың немесе жеке тұлғалардың материалдық мүдделерін қанағаттандыруға жәрдемдесуге;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) ашық және аралық ин</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вестициялық пай қорларының пайларын, ұйымдастырылған бағалы қағаздар нарығында облигацияларды, ұйымдастырылған бағалы қағаздар нарығында коммерциялық ұйымдардың акцияларын (ұйымдардың дауыс беретін акцияларының жалпы санының бес пайызынан аспайтын көлемде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жай акцияларды) сатып алуды және (немесе) өткізуді қоспағанда, кәсіпкерлік қызметпен айналысуға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) педагогтік, ғылыми және өзге де шығармашылық қызметті қоспағанда, ақы төленетін басқа да қызметпен айналысуға тыйым салынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Ұлттық әл-ауқат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қорының тобына кіретін ұйымдарда басқарушылық функцияларын орындайтын адамдар Ұлттық әл-ауқат қорының тобына кіретін өзге де ұйымдардың басқару органдарында, байқау кеңестерінде, атқарушы органдарында ақы төленетін лауазымды атқаруға құқылы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Осы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баптың 1 және 2-тармақтарында аталған адамдар өздеріне меншік құқығымен тиесілі тұрғын үйді мүліктік жалдауға (жалға) беруге және осындай тапсырудан кіріс алуға құқылы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Қазақстан Республикасы Ұлттық Банкінің Төрағасы мен оның орынбасарларына инвес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тициялық қорлардың пайларын, облигацияларды, коммерциялық ұйымдардың акцияларын сатып алуға тыйым салынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қазақстан Республикасы Ұлттық Банкінің Төрағасы мен оның орынбасарлары лауазымға тағайындалған күнінен бастап күнтізбелік отыз күн ішінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымға тағайындалғанға дейін сатып алынған, өздеріне тиесілі инвестициялық қорлар пайларын, облигацияларды және коммерциялық ұйымдардың акцияларын Қазақстан Республикасының заңдарында белгіленген тәртіппен сенімгерлік басқаруға беруге міндетті.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Осы баптың 1-тармағында аталған адамдар лауазымға кіріскен күннен бастап күнтізбелік отыз күн ішінде, осы адамдарға заңды түрде тиесілі ақшаны, облигацияларды, ашық және аралық инвестициялық пай қорларының пайларын, сондай-ақ мүліктік жалдауға берілген мү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лікті қоспағанда, өздеріне тиесілі, пайдаланылуы кіріс алуға әкелетін мүлікті Қазақстан Республикасының заңдарында белгіленген тәртіппен, осы функцияларды орындау уақытында сенімгерлік басқаруға беруге міндетті.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6. Мүлікті сенімгерлік басқару шарты н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отариаттық куәландыруға жатады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      7. Акцияларды сатып алған жағдайда, осы баптың 1-тармағында аталған адамдар Қазақстан Республикасының заңдарында белгіленген тәртіппен, сатып алған күннен бастап күнтізбелік отыз күн ішінде оларды сенімгерлік басқаруға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беруге және жұмыс орны бойынша персоналды басқару қызметіне (кадр қызметіне) шартты нотариат куәландырғаннан кейін он жұмыс күні ішінде мүлікті сенімгерлік басқаруға арналған шарттың нотариаттық куәландырылған көшірмесін ұсынуға міндетті.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      8. Жауапты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік лауазымды атқаратын адамдардың, мемлекеттік функцияларды орындауға уәкілеттік берілген адамдардың және мемлекеттік функцияларды орындауға уәкілеттік берілген адамдарға теңестірілген адамдардың (Қазақстан Республикасының Президенттігіне, Қазақс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тан Республикасы Парламентінің немесе мәслихаттарының депутаттығына, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдігіне, сондай-ақ жергілікті өзін-өзі басқарудың сайланбалы органдарына мүшелікке кандидаттарды, квазимемле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеттік сектор субъектілерде қызметін жүзеге асыратын адамдарды қоспағанда) және лауазымды адамдардың осы баптың 4 және 6-тармақтарында көзделген міндеттемелерді орындамауы, олардың мемлекеттік қызметті немесе өзге де тиісті қызметті тоқтатуы үшін негіз бол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 13-бапқа өзгеріс енгізілді - ҚР 22.01.2016 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 446-V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="z97"/>
-[...143 lines deleted...]
-        <w:t>дети, усыновители (удочерители), усыновленные (удочеренные), полнородные и неполнородные братья и сестры, дедушка, бабушка, внуки, под свойственниками – братья, сестры, родители и дети супруга (супруги).</w:t>
+      <w:bookmarkStart w:id="29" w:name="z147"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14-бап. Жақын туыстардың, ерлі-зайыптылардың немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>же</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кжаттардың бiрге қызмет (жұмыс) iстеуiне жол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бермеу</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="z15"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Статья 15. Конфликт интересов</w:t>
+      <w:bookmarkStart w:id="30" w:name="z148"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Жауапты мемлекеттік лауазымды атқаратын адамдар, мемлекеттiк функцияларды орындауға уәкілеттік берілген адамдар және мемлекеттік функцияларды орындауға уәкілеттік берілген адамдарғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а теңестірілген адамдар (Қазақстан Республикасының Президенттігіне, Қазақстан Республикасы Парламентінің немесе мәслихаттарының депутаттығына, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдігіне, сондай-ақ жергілікті өзін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-өзі басқарудың сайланбалы органдарына мүшелікке кандидаттарды қоспағанда), лауазымды адамдар өздерiнiң жақын туыстары және (немесе) жұбайы (зайыбы), сондай-ақ жекжаттары атқаратын лауазымдарға тiкелей бағынысты лауазымдарды атқара алмайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Осы ба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>птың 1-тармағының талаптарын бұзатын адамдар, егер олар көрсетілген бұзушылық байқалған кезден бастап үш ай ішінде оны ерікті түрде жоймаса, осындай бағыныстылықты болғызбайтын лауазымға ауысуға тиіс, ал осындай ауысу мүмкін болмаған кезде осы қызметшілерд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ің біреуі лауазымынан шығарылуға немесе көрсетілген функциялардан өзгедей босатылуға тиіс.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескертпе. Осы Заңда жақын туыстар деп ата-аналар (ата-анасы), балалары, асырап алушылар, асырып алынғандар, ата-анасы бір және ата-анасы бөлек аға-інілері мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>апа-қарындас-сіңлілері, атасы, әжесі, немерелері, жекжаттар деп – жұбайының (зайыбының) аға-інілері, апа-қарындас-сіңлілері, ата-аналары мен балалары түсініледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="z99"/>
-[...322 lines deleted...]
-        <w:t>нять иные меры по устранению конфликта интересов.</w:t>
+      <w:bookmarkStart w:id="31" w:name="z151"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15-бап. Мүдделер қақтығысы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="z16"/>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> предпринимательства</w:t>
+      <w:bookmarkStart w:id="32" w:name="z152"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Жауапты мемлекеттік лауазымды атқаратын адамдарға, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">емлекеттік функцияларды орындауға уәкілеттік берілген адамдарға, мемлекеттік функцияларды орындауға уәкілеттік берілген адамдарға теңестірілген адамдарға, лауазымды адамдарға, егер мүдделер қақтығысы орын алған болса, лауазымдық міндеттерін жүзеге асыруға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыйым салынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Осы баптың 1-тармағында аталған адамдар мүдделер қақтығысын болғызбау және шешу бойынша шаралар қабылдауға тиіс.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Осы баптың 1-тармағында аталған адамдар тікелей басшысына не өздері жұмыс істейтін ұйымның басшылығына туында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүдделер қақтығысы туралы немесе оның туындау мүмкіндігі туралы, өздеріне бұл жөнінде мәлім болысымен жазбаша нысанда хабарлауға міндетті.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Тікелей басшысы не ұйымның басшылығы осы баптың 1-тармағында аталған адамдардың өтініштері бойынша немесе б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асқа да көздерден ақпарат алған кезде мүдделер қақтығысын болғызбау және реттеу бойынша мынадай шараларды уақтылы қабылдауға:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) осы баптың 1-тармағында аталған адамдарды лауазымдық міндеттерін орындаудан шеттетуге және мүдделер қақтығысы туындаған н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емесе туындауы мүмкін мәселе бойынша лауазымдық міндеттерді орындауды басқа адамға тапсыруға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) лауазымдық міндеттерін өзгертуге;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) мүдделер қақтығысын жою бойынша өзге де шаралар қабылдауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="z102"/>
-[...254 lines deleted...]
-        <w:t>ательства.</w:t>
+      <w:bookmarkStart w:id="33" w:name="z160"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>16-бап. Кәсіпкерлік саласындағы сыб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айлас жемқорлыққа қарсы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-қимыл шаралары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="z17"/>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> коррупции</w:t>
+      <w:bookmarkStart w:id="34" w:name="z161"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Кәсіпкерлік субъектілері өз қызметін жүзеге асыру кезінде сыбайлас жемқорлықтың алдын алу жөнінде, оның ішінде сыбайлас жемқорлық құқық бұзушылықтар жасауға ықпал ететін себептер мен жағдайл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арды барынша азайту бойынша:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) шешімдер қабылдау рәсімдерінің есептілігін, бақылауда болуын және ашықтығын қамтамасыз ететін ұйымдық-құқықтық тетіктерді белгілеу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) адал бәсекелестік қағидаттарын сақтау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) мүдделер қақтығыстарын болғыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) іскерлік әдеп нормаларын қабылдау және сақтау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) сыбайлас жемқорлыққа қарсы мәдениетті қалыптастыру жөніндегі шараларды қабылдау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6) сыбайлас жемқорлықтың алдын алу мәселелері бойынша мемлекеттік органдармен және өзге де ұйымдарм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ен өзара іс-қимыл жасау арқылы шаралар қабылдайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Кәсіпкерлік субъектілері үшін сыбайлас жемқорлықтың алдын алу жөніндегі стандарттарды кәсіпкерлік субъектілерінің бірлестіктері (қауымдастықтары, одақтары) әзірлеуі және қабылдауы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="z104"/>
-[...248 lines deleted...]
-        <w:t>циального опубликования).</w:t>
+      <w:bookmarkStart w:id="35" w:name="z169"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-бап. Сыбайлас жемқорлыққа қарсы іс-қимыл туралы ұлттық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баяндама</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="z30"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">   Глава 3. СУБЪЕКТЫ ПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ И ИХ ПОЛНОМОЧИЯ</w:t>
+      <w:bookmarkStart w:id="36" w:name="z170"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Сыбайлас жемқорлыққа қарсы іс-қимыл туралы ұлттық баяндама – сыбайлас жемқорлықтың халықаралық және ұлттық деңгейлерде таралу жай-күйі мен үрдістерін талдау мен бағала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у, сыбайлас жемқорлыққа қарсы саясатты қалыптастыру, іске асыру және жетілдіру жөніндегі ұсыныстар қамтылған құжат.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті орган жыл сайын Сыбайлас жемқорлыққа қарсы іс-қимыл туралы ұлттық баяндаман</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы қалыптастырады және оны әрі қарай Қазақстан Республикасының Президентіне ұсыну үшін, Қазақстан Республикасының заңнамасында белгіленген тәртіппен Қазақстан Республикасының Үкіметіне енгізеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Сыбайлас жемқорлыққа қарсы іс-қимыл туралы ұлттық бая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ндама сыбайлас жемқорлыққа қарсы іс-қимыл мәселелері бойынша сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті орган жұмысының және мемлекеттік органдардың, жеке және заңды тұлғалардың қызметінің нәтижелері негізінде қалыптастырылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Сыбайл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ас жемқорлыққа қарсы іс-қимыл туралы ұлттық баяндаманы дайындау, Қазақстан Республикасы Президентіне енгізу және жариялау тәртібін Қазақстан Республикасының Президенті бекітеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 17-бапқа өзгеріс енгізілді - ҚР 06.04.2016 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="z18"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+      <w:bookmarkStart w:id="37" w:name="z174"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+        <w:t xml:space="preserve">   3-тарау. СЫБАЙЛАС ЖЕМҚОРЛЫҚҚА ҚАРСЫ ІС-ҚИМЫЛ СУБЪЕКТІЛЕРІ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Статья 18. Субъекты противодействия коррупции</w:t>
+        </w:rPr>
+        <w:t>ЖӘНЕ ОЛАРДЫҢ ӨКІЛЕТТІКТЕРІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE7A40">
-[...91 lines deleted...]
-        <w:t xml:space="preserve"> 2) иные субъекты противодействия коррупции – государственные органы, субъекты квазигосударственного сектора, общественные объединения, а также иные физические и юридические лица.</w:t>
+      <w:bookmarkStart w:id="38" w:name="z176"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>18-бап. Сыбайлас жемқорлыққа қарсы іс-қимыл субъектілері</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="z19"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Статья 19. Антикоррупционная служба</w:t>
+      <w:bookmarkStart w:id="39" w:name="z177"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>    Сыбайлас жемқорлыққа қарсы іс-қимыл субъектілеріне:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті орган;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) сыбайлас жемқорлыққа қарсы іс-қимылдың өзге де субъектілері: мемлекеттік органдар, квазимемлекеттік сектор субъектілері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, қоғамдық бірлестіктер, сондай-ақ өзге де жеке және заңды тұлғалар жатады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="z108"/>
-[...191 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      <w:bookmarkStart w:id="40" w:name="z180"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>19-бап. Сыбайлас жемқорлыққа қарсы қызмет</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="z20"/>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> противодействию коррупции</w:t>
+      <w:bookmarkStart w:id="41" w:name="z181"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Сыбайлас жемқорлыққа қарсы қызмет – сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті органның сыбайлас жемқорлық қыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мыстардың алдын алуға, анықтауға, жолын кесуге, ашуға және тергеп-тексеруге бағытталған қызметті жүзеге асыратын жедел-тергеу бөлімшелері.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Сыбайлас жемқорлыққа қарсы қызметтің қызметкерлері өздерінің қызметтік міндеттерін орындау кезінде «Құқық қо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рғау қызметі туралы» Қазақстан Республикасының Заңында және Қазақстан Республикасының өзге де заңнамалық актілерінде белгіленген өкілеттіктерге ие болады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 19-бапқа өзгеріс енгізілді - ҚР 06.04.2016 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="z130"/>
-[...560 lines deleted...]
-        <w:t>ие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      <w:bookmarkStart w:id="42" w:name="z183"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20-бап. Сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уәкілетті органның құзыреті</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="z21"/>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> противодействию коррупции</w:t>
+      <w:bookmarkStart w:id="43" w:name="z184"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті орган мынадай функциялар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ды:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы нормативтік құқықтық базаны жетілдіру жөнінде ұсыныстар әзірлеуді, сондай-ақ Қазақстан Республикасының заңнамасында белгіленген тәртіппен өз құзыреті шегінде нормативтік-құқықтық актілер қабылдау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) осы Заңға сәйкес, мемлекеттік органдар, ұйымдар және квазимемлекеттік сектор субъектілерінің қызметінде сыбайлас жемқорлық құқық бұзушылықтар жасауға ықпал ететін себептер мен жағдайларды анықтауды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) Қазақстан Республикасы Үкіметінің қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арауына мемлекеттік органдар, ұйымдар және квазимемлекеттік сектор субъектілерінің қызметінде сыбайлас жемқорлықтың туындау себептері мен жағдайларын барынша азайту және жою жөнінде ұсынымдар енгізуді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) жыл сайын Сыбайлас жемқорлыққа қарсы іс-қимыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы Ұлттық баяндаманы, әрі қарай Қазақстан Республикасының Президентіне ұсыну үшін, Қазақстан Республикасының заңнамасында белгіленген тәртіппен Қазақстан Республикасының Үкіметіне енгізуді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) сыбайлас жемқорлық тәуекелдерін сыртқы талдау нәтиже</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лері бойынша шығарылған, сыбайлас жемқорлық құқық бұзушылықтар жасауға ықпал ететін себептер мен жағдайларды жою жөніндегі ұсынымдарды мемлекеттік органдардың, ұйымдардың, квазимемлекеттік сектор субъектілерінің орындауын мониторингтеуді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6) сыбайлас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жемқорлық қылмыстар туралы қылмыстық істер бойынша тәркіленген және қылмыстық жолмен алынған қаражатқа сатып алынған мүліктің өткізілуіне мониторингті жүзеге асырып, оны мемлекет кірісіне айналдыру туралы ақпаратты әдетте кейіннен жариялауды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      7) сыб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айлас жемқорлыққа қарсы іс-қимылдың оң тәжірибесін зерделеуді және таратуды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      8) сыбайлас жемқорлыққа қарсы мәдениетті қалыптастыру саласында білім беру бағдарламаларын жетілдіру жөнінде ұсыныстар тұжырымдауды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      9) сыбайлас жемқорлыққа қарсы мәде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ниетті қалыптастыруға бағытталған, сыбайлас жемқорлыққа қарсы білім беру мен тәрбиелеу, ақпараттық және түсіндіру қызметі, мемлекеттік әлеуметтік тапсырысты орындау бойынша білім беру бағдарламаларын іске асыруда сыбайлас жемқорлыққа қарсы іс-қимыл субъект</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ілеріне жәрдемдесуді және әдістемелік көмек көрсетуді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      10) сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті орган қызметінің негізгі бағыттары бойынша басқа да мемлекеттік органдармен, жеке және заңды тұлғалармен өзара іс-қимыл жасауды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) сыбайлас жемқорлыққа қарсы іс-қимыл мәселелері бойынша халықаралық шарттардың жобаларын дайындауға қатысуды, сыбайлас жемқорлыққа қарсы іс-қимыл мәселелері бойынша шет мемлекеттердің тиісті органдарымен өзара іс-қимыл жасауды, өз өкілеттіктері шегінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>халықаралық ұйымдардың қызметіне қатысуды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      12) Қазақстан Республикасының заңдарымен, сондай-ақ Қазақстан Республикасы Президентінің актілерімен жүктелген өзге де функцияларды жүзеге асырады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 20-бапқа өзгеріс енгізілді - ҚР 06.04.2016 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 484-V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="z110"/>
-[...986 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      <w:bookmarkStart w:id="44" w:name="z197"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>21-бап. Сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уәкілетті органның өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="z22"/>
-[...121 lines deleted...]
-        <w:t xml:space="preserve"> коррупции</w:t>
+      <w:bookmarkStart w:id="45" w:name="z198"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Сыбайлас жемқорлыққа қарсы іс-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қимыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі уәкілетті орган өзіне жүктелген функцияларды орындау кезінде:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) мемлекеттік органдардан, ұйымдардан және лауазымды адамдардан Қазақстан Республикасының заңнамасында белгіленген тәртіппен ақпарат пен материалдарды сұратады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азақстан Республикасының сыбайлас жемқорлыққа қарсы іс-қимыл туралы заңнамасын бұзушылықтар анықталған жағдайда, оларды жою бойынша заңнамалық тәртіппен белгіленген шараларды қабылдайды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) сыбайлас жемқорлыққа қарсы мониторингті жүргізу тәртібін айқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ындайды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3-1) Қазақстан Республикасының Әкімшілік құқық бұзушылықтар туралы кодексінде белгіленген тәртіппен әкімшілік құқық бұзушылықтар туралы хаттамалар толтырады және істерді қарайды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) Қазақстан Республикасының заңдарымен, сондай-ақ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республикасы Президентінің актілерімен жүктелген өзге де құқықтарды жүзеге асырады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті органның сыбайлас жемқорлыққа қарсы қызметі өз өкілеттіктері шегінде:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) сыбайлас жемқорлық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қылмыстар бойынша жедел-іздестіру және тергеу қызметінің практикасына, сотқа дейінгі тергеп-тексеруге талдау жүргізуге;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) іс жүргізудегі қылмыстық істер бойынша шақырту бойынша келуден жалтарған адамдарды күштеп әкелуге;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) Қазақстан Республи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>касының қылмыстық-процестік заңнамасына және (немесе) Қазақстан Республикасының әкімшілік құқық бұзушылық туралы заңнамасына сәйкес, құжаттарды, тауарларды, заттарды немесе өзге де мүлікті алып қоюға немесе алуды жүргізуге;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) Қазақстан Республикасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ың заңнамасында көзделген тәртіппен уақытша ұстау изоляторларын, тергеу изоляторларын пайдалануға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) мемлекеттік органдарға, ұйымдарға және оларда басқарушылық функцияларды орындайтын адамдарға Қазақстан Республикасының қылмыстық-процестік заңнамасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нда белгіленген тәртіппен, мән-жайларды немесе заңды басқа да бұзушылықтарды жою жөнінде шаралар қабылдау туралы ұсынулар енгізуге;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды - ҚР 06.04.2016 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      7) Қазақстан Республикасының заңнамасында көзделген жағдайларда, уәкілетті органдар мен лауазымды адамдардан ревизиялар, салықтық және басқа да тексерулер, аудит және бағалау жүргізуді талап етуге;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      8) сыбайлас жемқорлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қылмыстарға қарсы күрестің нысандары мен әдістерін жетілдіруге, жедел-іздестіру қызметінің стратегиясы мен тактикасын айқындауға, оның тиімділігін арттыру жөніндегі шараларды әзірлеуге және іске асыруға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      9) өзіне жүктелген міндеттерді шешуді қамтам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асыз ететін ақпараттық жүйелерді Қазақстан Республикасының заңнамасына сәйкес құруға және пайдалануға, сотқа дейінгі тергеп-тексеру барысында зерттеуді, заңнамада белгіленген тәртіппен әкімшілік құқық бұзушылық туралы істер бойынша іс жүргізуді ұйымдастыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      10) ұстап алынған және күзетпен ұсталатын адамдарды айдауылмен алып жүруге;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      11) Қазақстан Республикасының заңдарымен, сондай-ақ Қазақстан Республикасы Президентінің актілерімен жүктелген өзге де өкілеттіктерді жүзеге асыруға құқылы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">скерту. 21-бапқа өзгеріс енгізілді - ҚР 06.04.2016 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="z112"/>
-[...66 lines deleted...]
-        <w:t>нных доходов, военной полиции, Пограничной службой Комитета национальной безопасности Республики Казахстан.</w:t>
+      <w:bookmarkStart w:id="46" w:name="z215"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>22-бап. Мемлекеттік органдардың, ұйымдардың,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>квазимемлекеттік сектор субъе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ктілері мен сыбайлас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа қарсы іс-қимыл жөніндегі лауазымды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдардың өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="z23"/>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> коррупции</w:t>
+      <w:bookmarkStart w:id="47" w:name="z216"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Сыбайлас жемқорлыққа қарсы іс-қимылды өз құзыреті шегінде барлық мемлекеттік органдар, ұйымдар, квазимемлекеттік сектор субъ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ектілері мен лауазымды адамдар жүргізуге міндетті.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Сыбайлас жемқорлық құқық бұзушылықтарды анықтауды, жолын кесуді, ашуды, тергеп-тексеруді және алдын алуды және оларды жасауға кінәлі адамдарды жауапқа тартуды өзі құзыреті шегінде прокуратура, ұлт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тық қауіпсіздік, ішкі істер, мемлекеттік кіріс, әскери полиция органдары, Қазақстан Республикасы Ұлттық қауіпсіздік комитетінің Шекара қызметі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE7A40">
-[...309 lines deleted...]
-        <w:t xml:space="preserve"> 7) проводят разъяснительную работу в средствах массовой информации и организуют социально значимые мероприятия по вопросам противодействия коррупции.</w:t>
+      <w:bookmarkStart w:id="48" w:name="z218"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>23-бап. Жұртшылықтың сыбайлас жемқорлыққа қарсы іс-қимылға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысуы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="z24"/>
-[...3 lines deleted...]
-          <w:b/>
+      <w:bookmarkStart w:id="49" w:name="z219"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Жек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е тұлғалар, қоғамдық бірлестіктер және өзге де заңды тұлғалар сыбайлас жемқорлыққа қарсы іс-қимыл кезінде мынадай шаралар қолданады:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) өздеріне мәлім болған сыбайлас жемқорлық құқық бұзушылық жасау фактілері туралы Қазақстан Республикасының заңнамас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ында белгіленген тәртіппен хабарлайды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) сыбайлас жемқорлыққа қарсы іс-қимыл мәселелері бойынша заңнама мен құқық қолдану практикасын жетілдіру жөнінде ұсыныстар енгізеді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) сыбайлас жемқорлыққа қарсы мәдениетті қалыптастыруға қатысады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE7A40">
-[...19 lines deleted...]
-        <w:t>оррупционных правонарушениях</w:t>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) сыбайлас жемқорлыққа қарсы іс-қимылдық басқа да субъектілерімен және сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті органмен өзара іс-қимылды жүзеге асырады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) мемлекеттік органдардан сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы ақпаратты Қазақстан Республикасының заңнамасында белгіленген тәртіппен сұратады және алады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6) сыбайлас жемқорлыққа қарсы іс-қимыл мәселелері бойынша зерттеулер, оның ішінде ғылыми және әлеуметтік зерттеулер жүргізеді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      7) бұқаралық ақпа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рат құралдарында түсіндіру жұмыстарын жүргізеді және сыбайлас жемқорлыққа қарсы іс-қимыл мәселелері бойынша әлеуметтік маңызды іс-шаралар ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="z114"/>
-[...264 lines deleted...]
-        <w:t>законом. Разглашение указанной информации влечет ответственность, установленную законом.</w:t>
+      <w:bookmarkStart w:id="50" w:name="z227"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>24-бап. Сыбайлас жемқорлық құқық бұзушылықтар туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хабарлау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="z31"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">   Глава 4. УСТРАНЕНИЕ ПОСЛЕДСТВИЙ КОРРУПЦИОННЫХ ПРАВОНАРУШЕНИЙ</w:t>
+      <w:bookmarkStart w:id="51" w:name="z228"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Сыбайлас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлық құқық бұзушылық туралы ақпаратқа ие адам өзі қызметкері болып табылатын мемлекеттік органның не ұйымның басшылығына не сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті органға хабар береді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Мемлекеттік органның, ұйымның басшылығы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті орган сыбайлас жемқорлық құқық бұзушылықтар туралы келіп түскен хабарлама бойынша заңға сәйкес шаралар қолдануға міндетті.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Сыбайлас жемқорлық құқық бұзушылық фактісі туралы хабарлаған немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыбайлас жемқорлыққа қарсы іс-қимылға өзгеше түрде жәрдем көрсететін адам мемлекет қорғауында болады және Қазақстан Республикасының Үкіметі белгілеген тәртіппен көтермеленеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы тармақтың ережелері сыбайлас жемқорлық құқық бұзушылық фактісі туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрінеу жалған ақпартты хабарлаған адамдарға қолданылмайды, олар заңға сәйкес жауапты болады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Сыбайлас жемқорлыққа қарсы іс-қимылға жәрдем көрсететін адам туралы ақпарат мемлекеттік құпия болып табылады және заңда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен ұсынылады. Көрсетілген ақпаратты жария ету заңда белгіленген жауаптылыққа әкеп соғады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="49" w:name="z25"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+      <w:bookmarkStart w:id="52" w:name="z233"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...70 lines deleted...]
-        <w:t xml:space="preserve"> предоставленных услуг</w:t>
+        <w:t xml:space="preserve">   4-тарау. СЫБАЙЛАС ЖЕМҚОРЛЫҚ ҚҰҚЫҚ БҰЗУШЫЛЫҚТАРДЫҢ САЛДАРЛАРЫН ЖОЮ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="z118"/>
-[...68 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+      <w:bookmarkStart w:id="53" w:name="z234"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>25-бап. Заңсыз алынған мүлікті немесе заңсыз көрсетілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE7A40">
-[...122 lines deleted...]
-        <w:t>установленном Правительством Республики Казахстан.</w:t>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құнын өндіріп алу (қайтару)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="51" w:name="z26"/>
-[...91 lines deleted...]
-        <w:t xml:space="preserve"> коррупционных правонарушений</w:t>
+      <w:bookmarkStart w:id="54" w:name="z235"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Сыбайлас жемқорлық құқық бұзушылықтар нәтижесінде заңсыз алынған мүлiктi өз еркiмен тапсырудан немесе мемлекетке оның құнын немесе заңсыз алынған көрсетілетін қызметтердің құнын төлеуден бас тартылған жағд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айларда, оларды өндіріп алу прокурордың, мемлекеттік кіріс органдарының не осыған заңмен уәкiлеттiк берiлген басқа да мемлекеттiк органдар мен лауазымды адамдардың талап қоюы бойынша, заңды күшіне енген сот шешiмi негізінде жүзеге асырылады. Көрсетілген ор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гандар сот шешiм шығарғанға дейiн құқық бұзушыға тиесiлi мүлiкті сақтау жөнінде шаралар қабылдайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Осы баптың 1-тармағында көрсетілген жағдайларда прокурор, мемлекеттік кіріс органдары не осыған заңмен уәкілеттік берілген басқа да мемлекеттік орг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>андар мен лауазымды адамдар заңсыз алынған мүлікті мемлекет кірісіне айналдыру және (немесе) заңсыз алынған көрсетілетін қызметтердің құнын мемлекет кірісіне өндіріп алу туралы талап қоюымен заңда белгіленген мерзімдерде сотқа жүгінеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Егер жауап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ты мемлекеттік лауазымды атқаратын адамнан, мемлекеттік функцияларды орындауға уәкілеттік берілген адамнан және мемлекеттік функцияларды орындауға уәкілеттік берілген адамға теңестірілген адамнан және лауазымды адамнан жұмыстан шығару, тиісті функцияларды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындаудан өзгедей босату кезінде заңсыз алынған мүлік немесе заңсыз көрсетілген қызметтің құны өндіріліп алынбаса, осындай босату туралы шешім қабылдайтын лауазымды адам немесе орган кінәлі адамның тұрғылықты жері бойынша мемлекеттік кіріс органдарына құқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыққа қайшы алынған кірістер туралы хабарлама жібереді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Тапсырылған мүлікті қайтару, есепке алу, сақтау, бағалау және өткізу Қазақстан Республикасының Үкіметі белгілеген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="z122"/>
-[...85 lines deleted...]
-        <w:t>ельными) лицами, уполномоченными на отмену (прекращение действия) соответствующих актов, либо в судебном порядке по иску заинтересованных лиц или прокурора.</w:t>
+      <w:bookmarkStart w:id="55" w:name="z239"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>26-бап. Сыбайлас жемқорлық құқық бұзушылықта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р нәтижесінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасалған мәмілелердің, шарттардың, актілердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және әрекеттердің жарамсыздығы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="z32"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">   Глава 5. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      <w:bookmarkStart w:id="56" w:name="z240"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Сыбайлас жемқорлық құқық бұзушылықтар нәтижесінде жасалған мәмілелерді, шарттарды уәкілетті мемлекеттік органдардың, мүдделі т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұлғалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе прокурордың талап қоюы бойынша Қазақстан Республикасының заңында белгіленген тәртіппен сот жарамсыз деп таниды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Сыбайлас жемқорлық құқық бұзушылықтар нәтижесінде актілерді қабылдау және әрекеттерді жасау тиісті актілердің күшін ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оюға (қолданысын тоқтатуға) уәкілеттік берілген адамдардың не мүдделі тұлғалардың немесе прокурордың талап қоюы бойынша сот тәртібімен олардың күшін жою (жарамсыз деп тану) үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="z27"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE7A40">
+      <w:bookmarkStart w:id="57" w:name="z242"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> Статья 27. Порядок введения в действие настоящего Закона</w:t>
+        <w:t xml:space="preserve">   5-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="55" w:name="z124"/>
-[...2172 lines deleted...]
-        <w:t>, ст. 148; 2011 г., № 1, ст. 2; № 7, ст. 54; 2012 г., № 4, ст. 30, 32; № 8, ст. 64; № 13, ст. 91; № 23-24, ст. 125; 2013 г., № 2, ст. 10; № 14, ст. 72; 2014 г., № 11, ст. 61; № 14, ст. 84; № 16, ст. 90; № 21, ст. 122; № 22, ст. 131; № 23, ст. 143).</w:t>
+      <w:bookmarkStart w:id="58" w:name="z243"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>27-бап. Осы Заңды қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE7A40">
-[...80 lines deleted...]
-        <w:t xml:space="preserve"> Н. НАЗАРБАЕВ</w:t>
+      <w:bookmarkStart w:id="59" w:name="z244"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Осы Заң:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) 2017 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 11-бабының 1, 2, 3, 4, 5, 6, 7, 8, 10, 11, 12 және 13-тармақтарын;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) 2020 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 11-бабының 9-тармағын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоспағанда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 2016 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. 2017 жылғы 1 қаңтардан бастап 2020 жылғы 1 қаңтарға дейін 11-баптың 9-тармағы мынадай редакцияда қолданылады деп белгіленсін:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      «9. Мыналар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) саяси мемлекеттік лауазымды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атқаратын адамдар мен олардың жұбайлары (зайыптары);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) «А» корпусындағы мемлекеттік әкімшілік лауазымды атқаратын адамдар мен олардың жұбайлары (зайыптары);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) Қазақстан Республикасы Парламентінің депутаттары мен олардың жұбайлары (зайыптары);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) Қазақстан Республикасының судьялары мен олардың жұбайлары (зайыптары);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) квазимемлекеттік сектор субъектілерінде басқарушылық функцияларды орындайтын адамдар мен олардың жұбайлары (зайыптары) ұсынған жеке тұлғалардың декларацияларында көрс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етілген мәліметтер есепті күнтізбелік жылдан кейінгі жылдың 31 желтоқсанынан кешіктірілмейтін мерзімде жариялануы мүмкін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының заңнамасына сәйкес мемлекеттік құпияларды құрайтын мәліметтерді қоспағанда, жариялануға жататын мәліме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ттердің тізбесін сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті орган айқындайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы тармақтың екінші бөлігінде көрсетілген мәліметтерді мемлекеттік органдардың, ұйымдардың, Қазақстан Республикасы Парламенті мен Қазақстан Республикасы Жоғар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сотының ресми интернет-ресурстарында персоналды басқару қызметтері (кадр қызметтері) орналастырады.».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Осы Заң қолданысқа енгізілген күннен бастап 2017 жылғы 1 қаңтарға дейін 11-бап мынадай редакцияда қолданылады деп белгіленсін:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-бап. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қаржылық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бақылау шаралары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z43"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Мемлекеттiк лауазымға не мемлекеттiк немесе оларға теңестiрiлген функцияларды орындауға байланысты лауазымға кандидаттар болып табылатын адамдар тұрғылықты жерi бойынша мемлекеттiк кiрiс органына:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      салық салу объектi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сi болып табылатын, оның iшiнде Қазақстан Республикасы аумағының шегінен тыс жердегi кірістері мен мүлкi туралы декларацияны, көрсетiлген мүлiктiң орналасқан жерiн көрсете отырып;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      мыналар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      банк мекемесiн көрсете отырып, банк мекемелерiндегi, он</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ың iшiнде Қазақстан Республикасы аумағының шегінен тыс жердегi салымдары мен бағалы қағаздары туралы, сондай-ақ осы адамдар жеке немесе басқа адамдармен бiрлесiп билiк етуге құқылы қаржы қаражаты туралы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       жарғылық капиталына қатысу үлесi мен аталған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толық банктiк немесе өзге де деректемелерiн көрсете отырып, заңды тұлғалардың акционерi немесе құрылтайшысы (қатысушысы) ретiнде өзiнiң қатысуы туралы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      егер адам немесе оның жұбайы (зайыбы) трастардың бенефициары болса, тиiстi банк шоттары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ның нөмiрлерiн көрсете отырып, сол трастар және олар тiркелген мемлекеттер туралы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      адамға немесе жұбайына (зайыбына) тиесiлi, айлық есептiк көрсеткiштiң мың еселенген мөлшерiнен асатын мөлшердегi материалдық және қаржы қаражатын ұстау немесе уақытша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау жөнiнде шарттық қатынастары, келiсiмдерi және мiндеттемелерi (оның iшiнде ауызша да) бар басқа ұйымдардың атаулары мен деректемелері туралы мәлiметтердi ұсынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Мемлекеттiк лауазымдағы адамдар өз өкiлеттiктерiн орындау кезеңiнде жыл сайын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республикасының салық заңнамасында белгiленген тәртiппен тұрғылықты жерi бойынша мемлекеттiк кiрiс органына салық салу объектiсi болып табылатын және Қазақстан Республикасының аумағындағы да, одан тыс жерлердегi де кірістері мен мүлкi туралы декл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арацияны ұсынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттiк қызметтен терiс себептер бойынша шығарылған адамдар, шығарылғаннан кейiнгi үш жыл бойы Қазақстан Республикасының салық заңнамасында белгiленген тәртiппен тұрғылықты жерi бойынша мемлекеттiк кiрiс органына салық салу о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бъектiсi болып табылатын және Қазақстан Республикасының аумағындағы да, одан тыс жерлердегi де кірістері мен мүлкi туралы декларацияны ұсынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Осы баптың 1-тармағында көрсетiлген адамның жұбайы (зайыбы) тұрғылықты жерi бойынша мемлекеттiк кiрiс о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рганына:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      салық салу объектiсi болып табылатын, оның iшiнде Қазақстан Республикасы аумағының шегінен тыс жердегi кірістері мен мүлкi туралы декларацияны, көрсетiлген мүлiктiң орналасқан жерiн көрсете отырып;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      мыналар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      банк мекемесiн көрсете</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отырып, банк мекемелерiндегi, оның ішінде Қазақстан Республикасы аумағының шегінен тыс жердегi салымдары мен бағалы қағаздары туралы, сондай-ақ осы адамдар жеке немесе басқа адамдармен бiрлесiп билiк етуге құқылы қаржы қаражаты туралы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      жарғылық капи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талына қатысу үлесi мен аталған ұйымдардың толық банктiк немесе өзге де деректемелерiн көрсете отырып, заңды тұлғалардың акционерi немесе құрылтайшысы (қатысушысы) ретiнде өзiнiң қатысуы туралы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      егер адам немесе оның жұбайы (зайыбы) трастардың бенефи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>циары болса, тиiстi банк шоттарының нөмiрлерiн көрсете отырып, сол трастар және олар тiркелген мемлекеттер туралы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      адамға немесе жұбайына (зайыбына) тиесiлi және айлық есептiк көрсеткiштiң мың еселенген мөлшерiнен асатын материалдық және қаржы қаража</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тын ұстау немесе уақытша сақтау жөнiнде онымен шарттық қатынастары, келiсiмдерi және мiндеттемелерi (оның iшiнде ауызша да) бар басқа ұйымдардың атаулары мен деректемелерi туралы мәлiметтердi ұсынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Осы баптың 2 және 3-тармақтарында аталған адам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ның жұбайы (зайыбы) тұрғылықты жерi бойынша мемлекеттiк кiрiс органына салық салу объектiсi болып табылатын және Қазақстан Республикасының аумағындағы да, оның шегінен тыс жердегi де кірістері мен мүлкi туралы декларацияны ұсынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6. Арнаулы мемлеке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ттiк органдағы қызметке кандидат болып табылатын адамның отбасы мүшелерi тұрғылықты жерi бойынша мемлекеттiк кiрiс органына осы баптың 4-тармағында көрсетiлген декларация мен мәлiметтердi ұсынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескертпе. Осы тармақта арнаулы мемлекеттiк органдағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кандидат болып табылатын адамның отбасы мүшелерi деп жұбайы (зайыбы), кәмелетке толған балалары мен оның асырауындағы және онымен тұрақты түрде бiрге тұратын адамдар танылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      7. Осы баптың 1 және 2-тармақтарында аталған адамдар – тиiсiнше ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>здерi лауазымға орналасуға үмiткер болатын органға не жұмыс орны бойынша органға осы баптың 1 немесе 5-тармақтарында санамаланған декларациялар мен мәлiметтердi мемлекеттiк кiрiс органының алғаны туралы анықтаманы ұсынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      8. Осы баптың 1 және 2-тарм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақтарында аталған адамдардың (мемлекеттiк қызметтен терiс себептер бойынша шығарылған адамдарды қоспағанда) осы бапта санамаланған декларациялар мен мәлiметтердi ұсынбауы немесе толық емес, анық емес декларациялар мен мәлiметтердi ұсынуы, егер жасалған әре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кетте қылмыстық жазаланатын іс-әрекет белгiлерi болмаса, адамға тиiстi өкiлеттiктер беруден бас тарту үшiн негiз болып табылады не заңда көзделген тәртiппен тәртiптiк жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      9. Осы баптың 8-тармағында көрсетiлген, қасақана жасалған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, сондай-ақ бiрнеше рет жасалған іс-әрекеттер заңда белгiленген тәртiппен қолданылатын әкiмшiлiк жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      10. Адамдар мемлекеттiк немесе оған теңестiрiлген функцияларды орындаудан босатылғаннан кейiн үш жылдың iшiнде алғаш рет жасалғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ан, осы баптың 8-тармағында көрсетілген іс-әрекеттер, сондай-ақ мұндай әрекеттердi қайталап жасау заңда белгiленген әкiмшiлiк жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      11. Жауапты мемлекеттiк лауазымдар атқаратын лауазымды адамдардың кірістерінің мөлшерi және көздер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>i туралы мәлiметтер, сондай-ақ сайланбалы мемлекеттiк лауазымға ұсынылған кезiнде кандидаттардың кірістері туралы мәлiметтер заңнамада белгiленген тәртiппен жариялануы мүмкiн.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. Мемлекеттiк функцияларды орындауға уәкiлеттiк берiлген адамдарға және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оларға теңестiрiлген адамдарға өз атынан емес бөгде адамдар атынан, жасырын, бүркеншiк атпен және басқаша да азаматтық-құқықтық мәмiлелер жасауға тыйым салынады. Бұл мәмiлелер заңда белгiленген тәртiппен жарамсыз деп танылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      13. Мемлекеттiк мүлiктi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басқару жөнiндегi функцияларды орындауға қатысатын жеке және заңды тұлғалар Қазақстан Республикасының Үкiметi белгiлеген тәртiппен және мерзiмде, мемлекеттiк меншiкке байланысты мүлiктiк сипаттағы барлық мәмiлелер мен қаржы қызметi туралы есептi мемлекетт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>iк мүлiкке қатысты меншiк иесi құқығын жүзеге асыратын мемлекеттiк органға ұсынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      14. Мемлекеттiк кiрiс органына келiп түсетiн, осы бапта көзделген мәлiметтер қызметтiк құпияны құрайды. Оларды жария ету, егер жасалған әрекетте қылмыстық жазаланатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іс-әрекет белгiлерi болмаса, кiнәлi адамды жұмыстан шығаруға әкеп соғады. Бұл мәліметтер сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті органның, прокуратура, ұлттық қауіпсіздік, ішкі істер, мемлекеттік кіріс, әскери полиция органдарының, сыбайла</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с жемқорлыққа қарсы қызметтің, Қазақстан Республикасы Ұлттық қауіпсіздік комитетінің Шекара қызметінің сұрау салуы бойынша, сондай-ақ заңда белгіленген сот тәртібімен ғана ұсынылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Қаржы мониторингi жөнiндегi уәкiлеттi органға Қазақстан Республикас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ының қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға) және терроризмдi қаржыландыруға қарсы iс-қимыл туралы заңнамасында көзделген мақсаттарда және тәртiппен қызметтiк құпияны құрайтын мәлiметтер ұсынылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      15. Осы бапта көзделген қаржы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лық бақылау шаралары Қазақстан Республикасында тұрғын үйдi және тұрғын үй салу үшiн құрылыс материалдарын меншiкке сатып алуға байланысты құқықтық қатынастарға қолданылмайды. Тұрғын үйдi және тұрғын үй салу үшiн құрылыс материалдарын сатып алу кезiндегi қа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ржылық бақылау Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4. «Сыбайлас жемқорлыққа қарсы күрес туралы» 1998 жылғы 2 шілдедегі Қазақстан Республикасы Заңының (Қазақстан Республикасы Парламентiнiң Жаршысы, 1998 ж., № 15, 209-құжат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>; 1999 ж., № 21, 774-құжат; 2000 ж., № 5, 116-құжат; 2001 ж., № 13-14, 172-құжат; № 17-18, 241-құжат; 2002 ж., № 17, 155-құжат; 2003 ж., № 18, 142-құжат; 2004 ж., № 10, 56-құжат; 2007 ж., № 17, 140-құжат; № 19, 147-құжат; 2008 ж., № 23, 114-құжат; 2009 ж.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 19, 88-құжат; № 24, 122, 126-құжаттар; 2010 ж., № 24, 148-құжат; 2011 ж., № 1, 2-құжат; № 7, 54-құжат; 2012 ж., № 4, 30, 32-құжаттар; № 8, 64-құжат; № 13, 91-құжат; № 23-24, 125-құжат; 2013 ж., № 2, 10-құжат; № 14, 72-құжат; 2014 ж., № 11, 61-құжат; № 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4, 84-құжат; № 16, 90-құжат; № 21, 122-құжат; № 22, 131-құжат; № 23, 143-құжат) күші жойылды деп танылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE7A40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:br/>
+        <w:t xml:space="preserve"> Республикасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президенті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н. Назарбаев</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidRDefault="00BE7A40">
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B4621" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE7A40">
+      <w:r w:rsidRPr="00EB56CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан</w:t>
+        <w:t>© 2012. Қазақстан Республикасы Әділет министрлігінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB56CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="006F2E5D" w:rsidRPr="00BE7A40" w:rsidSect="006F2E5D">
+    <w:p w:rsidR="00EB56CF" w:rsidRPr="00EB56CF" w:rsidRDefault="00EB56CF">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00EB56CF" w:rsidRPr="00EB56CF" w:rsidSect="002B4621">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="006F2E5D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BE7A40"/>
+    <w:rsidRoot w:val="002B4621"/>
+    <w:rsid w:val="002B4621"/>
+    <w:rsid w:val="00EB56CF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -14242,112 +9032,112 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006F2E5D"/>
+    <w:rsid w:val="002B4621"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="006F2E5D"/>
+    <w:rsid w:val="002B4621"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="006F2E5D"/>
+    <w:rsid w:val="002B4621"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="006F2E5D"/>
+    <w:rsid w:val="002B4621"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -14607,49 +9397,49 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>8272</Words>
-  <Characters>47156</Characters>
+  <Words>8602</Words>
+  <Characters>49037</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>392</Lines>
-  <Paragraphs>110</Paragraphs>
+  <Lines>408</Lines>
+  <Paragraphs>115</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>55318</CharactersWithSpaces>
+  <CharactersWithSpaces>57524</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>