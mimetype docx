--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -3,1023 +3,2122 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="008A136D" w:rsidRDefault="00527DED" w:rsidP="006B0B2A">
+    <w:p w:rsidR="00E90704" w:rsidRPr="00D57AB7" w:rsidRDefault="00527DED" w:rsidP="00527DED">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A136D" w:rsidRPr="00D57AB7" w:rsidRDefault="008A136D" w:rsidP="008A136D">
+    <w:p w:rsidR="008A136D" w:rsidRDefault="008A136D" w:rsidP="00E90704">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D57AB7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Взносы и отчисления в Фонд обязательного социального </w:t>
+        <w:t>Міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлеуметтік медициналық сақтандыру қорына </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A136D" w:rsidRPr="00D57AB7" w:rsidRDefault="008A136D" w:rsidP="008A136D">
+    <w:p w:rsidR="008A136D" w:rsidRDefault="008A136D" w:rsidP="00E90704">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D57AB7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>медицинского страхования</w:t>
+        <w:t>жарналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен төлемдер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A136D" w:rsidRPr="00D57AB7" w:rsidRDefault="008A136D" w:rsidP="008A136D">
-[...24 lines deleted...]
-    <w:p w:rsidR="008A136D" w:rsidRPr="00D57AB7" w:rsidRDefault="008A136D" w:rsidP="008A136D">
+    <w:p w:rsidR="008A136D" w:rsidRDefault="008A136D" w:rsidP="00C010DA">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:sz w:val="22"/>
-[...32 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="008A136D" w:rsidRPr="00D57AB7" w:rsidRDefault="008A136D" w:rsidP="008A136D">
+    <w:p w:rsidR="00C010DA" w:rsidRDefault="009268B6" w:rsidP="00C010DA">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D57AB7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-        <w:t>имеют право на получение медицинской помощи в системе  обязательного социального медицинского страхования при наличии взносов и отчислений в Фонд социального медицинского страхования.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлеуметтік медициналық сақтандыру Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>азаматтарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қандастарға, сондай-ақ, Қазақстан аумағында тұрақты және уақытша тұрып жатқан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шетел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және азаматтығы жоқ тұлғаларға, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жынысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, әлеуметтік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беделіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғылықты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кірістеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарамастан, медициналық және дәр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дәрмек көмекке қол </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жетімділігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> теңдігін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кепілдендіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008A136D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A136D" w:rsidRPr="00D57AB7" w:rsidRDefault="008A136D" w:rsidP="008A136D">
-[...621 lines deleted...]
-    <w:p w:rsidR="008A136D" w:rsidRPr="00D57AB7" w:rsidRDefault="008A136D" w:rsidP="008A136D">
+    <w:p w:rsidR="008A136D" w:rsidRPr="00D57AB7" w:rsidRDefault="008A136D" w:rsidP="00C010DA">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:b/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">        </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Қатысушылар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлеуметтік медициналық сақтандыру қорында </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жарналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен төлемдері болған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлеуметтік медициналық сақтандыру жүйесінде медициналық көмек алуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A136D" w:rsidRPr="00D57AB7" w:rsidRDefault="008A136D" w:rsidP="008A136D">
-[...57 lines deleted...]
-    <w:p w:rsidR="00E90704" w:rsidRDefault="00E90704" w:rsidP="00527DED">
+    <w:p w:rsidR="00326156" w:rsidRDefault="00C010DA" w:rsidP="00C010DA">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57AB7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="007977AC" w:rsidRPr="00D57AB7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="006A6B56">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстанда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006A6B56">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006A6B56">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлеуметтік медициналық сақтандыру жүйесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, алдыңғы қатардағы халықаралық тәжірибені </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>есепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отыра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, қызмет ұсынушы және ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адамның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапкершілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әзірленген. Соныдай-ақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экономикалық тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғыдан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>белсенсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> азаматтарға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жарналарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Қызмет ұсынушылар – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалдамалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкерлер үшін. Салық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелінген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкерлер мен өзін-өзі қамтыған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>азаматтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өздері үшін төлейтін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00326156">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E90704" w:rsidRDefault="00E90704" w:rsidP="00527DED">
+    <w:p w:rsidR="00326156" w:rsidRDefault="00326156" w:rsidP="00C010DA">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2017 жылғы 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шілдеден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет ұсынушылар өздерінің қызметкерлерінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кәсіпкерлер, сондай-ақ, азаматтық-құқықтық түрдегі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шарттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>істер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлғалар  өздерінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлеуметтік медициналық сақтандыруға төлемдер мен (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жарналарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аудара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бастайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E90704" w:rsidRDefault="00E90704" w:rsidP="00527DED">
+    <w:p w:rsidR="00F34C19" w:rsidRPr="00B21B14" w:rsidRDefault="00B21B14" w:rsidP="00326156">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Қызметкерлері үшін қызмет ұсынушылар төлемді,  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>істерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> төлеу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, әр айдың 25-не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E90704" w:rsidRDefault="00E90704" w:rsidP="00527DED">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00B21B14" w:rsidRDefault="00B21B14" w:rsidP="00FC7E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="88"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F8496C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жеке кәсіпкерлермен өз пайдасына жарналарды аудару өздігінен айдың 25-не дейін, келесі есепке, кешіктірмей іске асырылады. </w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00E90704" w:rsidSect="00D57AB7">
+    <w:p w:rsidR="00F8496C" w:rsidRPr="00B05D12" w:rsidRDefault="00864A4D" w:rsidP="00FC7E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="88"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F8496C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00B05D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10FCD" w:rsidRPr="00B05D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заматтық-құқықтық түрдегі шарттар бойынша кірістер алатын, жеке тұлғалар</w:t>
+      </w:r>
+      <w:r w:rsidR="00B05D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дың жарналары Әлеуметтік медициналық сақтандыру қорына ай сайын аударылады. Жарналардың аударымдары бойынша міндеттеме осындай тұлғаның салық агенттігіне жүктелген. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E10FCD" w:rsidRPr="00B05D12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362E7E" w:rsidRPr="00F02041" w:rsidRDefault="00B449CE" w:rsidP="00B05D12">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="88"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="005E33A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Есептелінгендер</w:t>
+      </w:r>
+      <w:r w:rsidR="00362E7E" w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="005E33A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұсталынғандар)</w:t>
+      </w:r>
+      <w:r w:rsidR="00362E7E" w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E33A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аударымдар және </w:t>
+      </w:r>
+      <w:r w:rsidR="00362E7E" w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005E33A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidR="00362E7E" w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="005E33A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарналар Әлеуметтік медициналық сақтандыру қоры есебіне Мемлекеттік корпорациямен әрі қарай аударылатын банктік операциялардың жеке түрлерін іске асыратын, банктер немесе ұйымдар арқылы аударылады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00362E7E" w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00736DE1" w:rsidRPr="00F02041" w:rsidRDefault="00B449CE" w:rsidP="00514CEC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="88"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="005E33A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аударымдар және жарналар </w:t>
+      </w:r>
+      <w:r w:rsidR="005E33A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00514CEC" w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реквизит</w:t>
+      </w:r>
+      <w:r w:rsidR="005E33A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тер бойынша іске асырылады</w:t>
+      </w:r>
+      <w:r w:rsidR="00514CEC" w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00514CEC" w:rsidRPr="00F02041" w:rsidRDefault="00514CEC" w:rsidP="00514CEC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="88"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="005E33A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Алушы</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90126" w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="005E33A0" w:rsidRPr="005E33A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Мемлекеттік корпорация» КЕАҚ «Азаматтарға арналған үкімет»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90126" w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A90126" w:rsidRPr="00F02041" w:rsidRDefault="00A90126" w:rsidP="00514CEC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="88"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бин бенефициара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 160440007161</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A90126" w:rsidRPr="00F02041" w:rsidRDefault="00A90126" w:rsidP="00514CEC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="88"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ИИК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> KZ92009MEDS368609103</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A90126" w:rsidRPr="00F02041" w:rsidRDefault="00A90126" w:rsidP="00514CEC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="88"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">БИК </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>GCVPKZ2A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004165AB" w:rsidRPr="00CA139F" w:rsidRDefault="00A90126" w:rsidP="00CA139F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="88"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F02041">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">КНП </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0071" w:rsidRPr="00D57AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">121 </w:t>
+      </w:r>
+      <w:r w:rsidR="00741774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бастап </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0071" w:rsidRPr="00D57AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">128 </w:t>
+      </w:r>
+      <w:r w:rsidR="00741774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аралығында </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0071" w:rsidRPr="00D57AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00741774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>төлем тағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00741774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>айындау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00741774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға қарай</w:t>
+      </w:r>
+      <w:r w:rsidR="009E0071" w:rsidRPr="00D57AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="004165AB" w:rsidRPr="00D57AB7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864A4D" w:rsidRPr="00CA139F" w:rsidRDefault="00CA139F" w:rsidP="00FC7E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="88"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00CA139F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Міндетті әлеуметтік медициналық сақтандыру жүйесінде шетелдерге медициналық көмек көрсету туралы ауқымды ақпаратты Сіз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA139F">
+        <w:rPr>
+          <w:rStyle w:val="StrongEmphasis"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Фонда – fms.kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA139F">
+        <w:rPr>
+          <w:rStyle w:val="StrongEmphasis"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Facebook, instagram - @fms.kz әлеуметтік желілерде, немесе Call-center 1414 телефоны бойынша таба аласыз</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00864A4D" w:rsidRDefault="00864A4D" w:rsidP="00FC7E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="88"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864A4D" w:rsidRDefault="00864A4D" w:rsidP="00FC7E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="88"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864A4D" w:rsidRDefault="00864A4D" w:rsidP="00FC7E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="88"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864A4D" w:rsidRDefault="00864A4D" w:rsidP="00FC7E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="88"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A136D" w:rsidRDefault="008A136D" w:rsidP="00FC7E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="88"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A136D" w:rsidRDefault="008A136D" w:rsidP="00FC7E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="88"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008A136D" w:rsidSect="00D57AB7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00971AF3" w:rsidRDefault="00971AF3" w:rsidP="00C72021">
+    <w:p w:rsidR="00894230" w:rsidRDefault="00894230" w:rsidP="00C72021">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00971AF3" w:rsidRDefault="00971AF3" w:rsidP="00C72021">
+    <w:p w:rsidR="00894230" w:rsidRDefault="00894230" w:rsidP="00C72021">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
@@ -1038,61 +2137,61 @@
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00971AF3" w:rsidRDefault="00971AF3" w:rsidP="00C72021">
+    <w:p w:rsidR="00894230" w:rsidRDefault="00894230" w:rsidP="00C72021">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00971AF3" w:rsidRDefault="00971AF3" w:rsidP="00C72021">
+    <w:p w:rsidR="00894230" w:rsidRDefault="00894230" w:rsidP="00C72021">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="09540E8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD1CB28E"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -2370,70 +3469,69 @@
     <w:rsid w:val="00326156"/>
     <w:rsid w:val="00362E7E"/>
     <w:rsid w:val="0039322F"/>
     <w:rsid w:val="00396B47"/>
     <w:rsid w:val="003C0624"/>
     <w:rsid w:val="003F29A0"/>
     <w:rsid w:val="004060FA"/>
     <w:rsid w:val="004165AB"/>
     <w:rsid w:val="00430511"/>
     <w:rsid w:val="004337BB"/>
     <w:rsid w:val="00442DF0"/>
     <w:rsid w:val="00457C78"/>
     <w:rsid w:val="004A3D94"/>
     <w:rsid w:val="004A49E2"/>
     <w:rsid w:val="004F5980"/>
     <w:rsid w:val="00514CEC"/>
     <w:rsid w:val="00527DED"/>
     <w:rsid w:val="0056559A"/>
     <w:rsid w:val="005769C4"/>
     <w:rsid w:val="005E33A0"/>
     <w:rsid w:val="00605869"/>
     <w:rsid w:val="006235AA"/>
     <w:rsid w:val="006445B1"/>
     <w:rsid w:val="00655106"/>
     <w:rsid w:val="006A6B56"/>
-    <w:rsid w:val="006B0B2A"/>
     <w:rsid w:val="006C2618"/>
     <w:rsid w:val="00736DE1"/>
     <w:rsid w:val="00741774"/>
     <w:rsid w:val="00745F90"/>
     <w:rsid w:val="00772C12"/>
     <w:rsid w:val="0077460A"/>
     <w:rsid w:val="007977AC"/>
     <w:rsid w:val="007C44EE"/>
     <w:rsid w:val="0082252B"/>
     <w:rsid w:val="00864A4D"/>
+    <w:rsid w:val="00894230"/>
     <w:rsid w:val="008970BF"/>
     <w:rsid w:val="008A136D"/>
     <w:rsid w:val="008A73C1"/>
     <w:rsid w:val="008B0D71"/>
     <w:rsid w:val="008F0CFC"/>
     <w:rsid w:val="009268B6"/>
     <w:rsid w:val="00933C0E"/>
     <w:rsid w:val="00937EB5"/>
-    <w:rsid w:val="00971AF3"/>
     <w:rsid w:val="0097228D"/>
     <w:rsid w:val="009C1953"/>
     <w:rsid w:val="009E0071"/>
     <w:rsid w:val="00A90126"/>
     <w:rsid w:val="00AA4B7D"/>
     <w:rsid w:val="00AD7D5F"/>
     <w:rsid w:val="00AE1792"/>
     <w:rsid w:val="00AE7268"/>
     <w:rsid w:val="00B03725"/>
     <w:rsid w:val="00B05D12"/>
     <w:rsid w:val="00B06853"/>
     <w:rsid w:val="00B21B14"/>
     <w:rsid w:val="00B449CE"/>
     <w:rsid w:val="00B4691A"/>
     <w:rsid w:val="00B64B7D"/>
     <w:rsid w:val="00B8038E"/>
     <w:rsid w:val="00B93887"/>
     <w:rsid w:val="00BA3FD3"/>
     <w:rsid w:val="00BD630A"/>
     <w:rsid w:val="00C010DA"/>
     <w:rsid w:val="00C13C22"/>
     <w:rsid w:val="00C214B4"/>
     <w:rsid w:val="00C72021"/>
     <w:rsid w:val="00C87FC1"/>
     <w:rsid w:val="00CA139F"/>
@@ -3517,66 +4615,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>413</Words>
-  <Characters>2356</Characters>
+  <Words>407</Words>
+  <Characters>2323</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2764</CharactersWithSpaces>
+  <CharactersWithSpaces>2725</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>USER</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>