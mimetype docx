--- v0 (2025-10-09)
+++ v1 (2025-11-08)
@@ -1,85 +1,1025 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="00702030">
+    <w:p w:rsidR="00F733F6" w:rsidRDefault="005B4F97" w:rsidP="005B4F97">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000218EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Психическое </w:t>
+      </w:r>
+      <w:r w:rsidR="000218EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">здоровье </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D869DB" w:rsidRPr="000218EF" w:rsidRDefault="00D869DB" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B4F97" w:rsidRDefault="005B4F97" w:rsidP="000218EF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Психическое здоровье – это состояние благополучия, в котором человек реализует свои способности, может противостоять жизненным стрессам, продуктивно работать и вносить вклад в развитие общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000218EF" w:rsidRPr="00D4130C" w:rsidRDefault="000218EF" w:rsidP="000218EF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D4130C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Люди подвергаются пагубному воздействию стрессовых факторов, что приводит к росту числа случаев тревожно-депрессивных состояний, расстройств, связанных с употреблением алкоголя и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D4130C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психоактивных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D4130C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> веществ, насилия и суицидального поведения. Существует множество социальных факторов, способствующих развитию психических проблем – от душевных страданий личного характера до вопросов, затрагивающих все местное сообщество или общество в целом. Эти причины могут возникать или усиливаться в различных ситуациях и местах, включая дом, учебные заведения, места работы и различные учреждения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000218EF" w:rsidRPr="00D4130C" w:rsidRDefault="000218EF" w:rsidP="00D869DB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D4130C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В настоящее время имеются фактические данные, свидетельствующие о том, что в случае надлежащего осуществления вмешательств и подходов, направленных на укрепление психического здоровья и профилактику психических расстройств, они являются эффективными и позволяют добиться целого ряда положительных результатов как в социально-экономическом плане, так и в плане здоровья. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D4130C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Такие подходы включают меры, направленные на грудных детей, детей в возрасте до 6 лет и детей школьного возраста, а также на решение таких проблем, как жестокое и пренебрежительное обращение с детьми; расстройства поведения; насилие и агрессивность; применение вызывающих зависимость веществ на любых этапах жизни; плохая поддержка со стороны родителей; стресс, тревога и депрессия.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D4130C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D4130C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Так, например, плохая поддержка со стороны родителей, жестокое обращение с детьми и психические болезни родителей грудных детей и детей раннего возраста могут привести к развитию депрессии и тревоги у этих детей на более поздних этапах жизни, а также в будущих поколениях, в то время как прочные узы между родителями и детьми и социальная поддержка со стороны семьи могут уменьшить такие</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D4130C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> риски. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D869DB" w:rsidRDefault="00D869DB" w:rsidP="000218EF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B4F97" w:rsidRDefault="005B4F97" w:rsidP="000218EF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тревожные признаки ухудшения психического здоровья:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4F97" w:rsidRDefault="005B4F97" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Потеря интереса к жизни (апатия), чувство угнетенности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4F97" w:rsidRDefault="005B4F97" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Трудности при выполнении повседневных дел;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4F97" w:rsidRDefault="005B4F97" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рискованное поведение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4F97" w:rsidRDefault="005B4F97" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Переутомление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4F97" w:rsidRDefault="005B4F97" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бессонница и потеря аппетита;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4F97" w:rsidRDefault="005B4F97" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Употребление алкоголя или наркотиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D869DB" w:rsidRDefault="00D869DB" w:rsidP="000218EF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B4F97" w:rsidRDefault="005B4F97" w:rsidP="000218EF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Советы для укрепления психического здоровья:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4F97" w:rsidRDefault="005B4F97" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регулируйте темп Вашей жизни – заранее планируйте рабочий день;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4F97" w:rsidRDefault="005B4F97" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чередуйте периоды интенсивной работы с полноценным отдыхом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4F97" w:rsidRDefault="005B4F97" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регулярно занимайтесь спортом, выезжайте на природу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4F97" w:rsidRDefault="005B4F97" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Хорошо питайтесь и полноценно отдыхайте (спите не менее 7-8 часов в сутки);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4F97" w:rsidRDefault="005B4F97" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общайтесь и  поддерживайте отношения с друзьями и близкими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4F97" w:rsidRDefault="005B4F97" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уделяйте время тому, что Вы любите делать;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D869DB" w:rsidRDefault="005B4F97" w:rsidP="00D869DB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чаще улыбайтесь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D869DB" w:rsidRDefault="00D869DB" w:rsidP="00D869DB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D869DB" w:rsidRPr="00D869DB" w:rsidRDefault="00D869DB" w:rsidP="00D869DB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Психическое здоровье</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D869DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="00702030">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> это</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D869DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> важнейший компонент высокого качества жизни, позволяющий людям считать свою жизнь полноценной и значимой и являться активными и созидательными членами общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC7D97" w:rsidRDefault="00BC7D97" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B4F97" w:rsidRDefault="007360B0" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Психолог ЦРБ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Одокиенко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ю.Г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="005B4F97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00702030" w:rsidRPr="007360B0" w:rsidRDefault="00702030" w:rsidP="00702030">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007360B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Психикалық денсаулық</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00702030" w:rsidRDefault="00702030" w:rsidP="00702030">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Психакалық денсаулық – бұл адамның өз қабілетін іске асыра, өмірлік қиыншылықтарға қарсы тұра және жемісті еңбек етіп, қоғамның дамуына үлес қоса алатындай денінің саулығы.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00003F35" w:rsidRDefault="00003F35" w:rsidP="00702030">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
@@ -686,114 +1626,62 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>адамдарға өз өмірлерін тлыққанды және маңызды есептеулерін және қоғамның белсенді және жасампаз мүшесі болуларына мүмкіндік беретін жоғарғы өмір сапасының маңызды құрамы</w:t>
       </w:r>
       <w:r w:rsidRPr="007923EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006529DD" w:rsidRDefault="006529DD" w:rsidP="006529DD">
-[...62 lines deleted...]
-    <w:sectPr w:rsidR="00386675" w:rsidRPr="00FA7D43" w:rsidSect="00F733F6">
+    <w:p w:rsidR="006529DD" w:rsidRPr="00FA7D43" w:rsidRDefault="006529DD" w:rsidP="006529DD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006529DD" w:rsidRPr="00FA7D43" w:rsidSect="00F733F6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1277,74 +2165,71 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="005B4F97"/>
     <w:rsid w:val="00003F35"/>
     <w:rsid w:val="000218EF"/>
     <w:rsid w:val="00090F20"/>
-    <w:rsid w:val="00386675"/>
     <w:rsid w:val="004B5CD9"/>
     <w:rsid w:val="005B4F97"/>
     <w:rsid w:val="006529DD"/>
     <w:rsid w:val="00702030"/>
     <w:rsid w:val="007360B0"/>
     <w:rsid w:val="00AB2762"/>
-    <w:rsid w:val="00B0040C"/>
     <w:rsid w:val="00B0704E"/>
     <w:rsid w:val="00BC7D97"/>
     <w:rsid w:val="00D10778"/>
     <w:rsid w:val="00D869DB"/>
     <w:rsid w:val="00E17B40"/>
-    <w:rsid w:val="00E53AAE"/>
     <w:rsid w:val="00F733F6"/>
     <w:rsid w:val="00FA7D43"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -1489,56 +2374,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00386675"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00F733F6"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -1846,78 +2726,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B08B95BF-C92D-48C1-AD69-D1062C243B44}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABC1F40D-5838-4211-AC30-B057C4A04586}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2343</Characters>
+  <Pages>4</Pages>
+  <Words>832</Words>
+  <Characters>4746</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2748</CharactersWithSpaces>
+  <CharactersWithSpaces>5567</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>